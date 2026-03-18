--- v0 (2026-02-22)
+++ v1 (2026-03-18)
@@ -1136,51 +1136,50 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0053783E" w:rsidRPr="00DF20CA" w:rsidRDefault="0053783E" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Вопрос 10</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0053783E" w:rsidRPr="00DF20CA" w:rsidRDefault="0053783E" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Каким должно быть минимальное расстояние в свету от кабеля, проложенного непосредственно в земле, до фундаментов зданий и сооружений, согласно Правилам устройства электроустановок?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0053783E" w:rsidRPr="00DF20CA" w:rsidRDefault="0053783E" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1221,621 +1220,66 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в) 0,6 м</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF20CA" w:rsidRDefault="00DF20CA" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF20CA" w:rsidRDefault="00DF20CA" w:rsidP="00DF20CA">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00726DCE" w:rsidRDefault="00726DCE">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-[...549 lines deleted...]
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00AC5CC5" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC5CC5" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №2</w:t>
       </w:r>
       <w:r w:rsidR="00BB54D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
@@ -2957,68 +2401,87 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>д) 16 мм2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF20CA" w:rsidRDefault="00DF20CA" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00266426" w:rsidRPr="00DF20CA" w:rsidRDefault="00266426" w:rsidP="00DF20CA">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00726DCE" w:rsidRDefault="00726DCE">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF20CA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00266426" w:rsidRPr="00DF20CA" w:rsidRDefault="00266426" w:rsidP="00DF20CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №3</w:t>
       </w:r>
       <w:r w:rsidR="00BB54D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ЭТЛ)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00266426" w:rsidRPr="00DF20CA" w:rsidRDefault="00266426" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
@@ -4147,50 +3610,67 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> положениях о подразделениях (службах)</w:t>
       </w:r>
       <w:r w:rsidR="000765A4" w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00726DCE" w:rsidRDefault="00726DCE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="000765A4" w:rsidRPr="00DF20CA" w:rsidRDefault="000765A4" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет 4</w:t>
       </w:r>
       <w:r w:rsidR="00BB54D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
@@ -5274,51 +4754,50 @@
         <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> коричневый цвет - рукоятки приводов заземляющих ножей, а заземляющие ножи, как правило, - в желтый</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007627D2" w:rsidRPr="00DF20CA" w:rsidRDefault="007627D2" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>г) Как правило, в зеленый цвет.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 8</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5415,157 +4894,175 @@
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">в) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> течение 72 часов</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00726DCE" w:rsidRDefault="00726DCE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF20CA">
-[...76 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DF20CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t xml:space="preserve">Что необходимо выполнить после испытания оборудования со значительной емкостью? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а) Снять остаточный заряд специальной разрядной штангой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б) Отключить аппарат от сети и вывести бригаду с рабочего места</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF20CA" w:rsidRPr="003E4AE3" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в) Замерить сопротивление изоляции испытываемого оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t>Вопрос 10</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Как оформляются работы по измерениям </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5613,649 +5110,84 @@
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б) Распоряжением или перечнем работ, выполняемых в порядке текущей эксплуатации</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC405D" w:rsidRPr="00DF20CA" w:rsidRDefault="00AC405D" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в) Технологическими картами</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF20CA" w:rsidRDefault="00DF20CA" w:rsidP="00DF20CA">
+    <w:p w:rsidR="00726DCE" w:rsidRDefault="00726DCE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000765A4" w:rsidRPr="00DF20CA" w:rsidRDefault="00A164C6" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-[...577 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Билет №5</w:t>
       </w:r>
       <w:r w:rsidR="00BB54D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB54D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(ЭТЛ)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A164C6" w:rsidRPr="00DF20CA" w:rsidRDefault="00A164C6" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7243,51 +6175,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Какие из перечисленных требований должны быть выполнены при испытаниях КЛС повышенным напряжением? </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D2ECA" w:rsidRPr="00DF20CA" w:rsidRDefault="000D2ECA" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>а) Перед подачей испытательного напряжения на кабель ответственный руководитель работ должен предупредить по телефону членов бригады о начале испытаний. Во время испытаний телефонный аппарат у ответственного руководителя работ должен быть отключен</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D2ECA" w:rsidRPr="00DF20CA" w:rsidRDefault="000D2ECA" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б) Испытываемый участок должен быть ограничен. На участках КЛС, не подвергаемых испытаниям, все соединения между ними должны быть сняты</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D2ECA" w:rsidRPr="00DF20CA" w:rsidRDefault="000D2ECA" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7315,158 +6246,158 @@
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г) Телефонные разговоры должны проводиться при отсутствии испытательного напряжения на кабеле и только по получении вызова от ответственного руководителя работ. Не разрешается дотрагиваться до телефонного аппарата и соединительных проводов при испытаниях</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D2ECA" w:rsidRPr="00DF20CA" w:rsidRDefault="000D2ECA" w:rsidP="00DF20CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF20CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>д) Должны быть выполнены все перечисленные требования</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000D2ECA" w:rsidRPr="00DF20CA">
+    <w:sectPr w:rsidR="000D2ECA" w:rsidRPr="00DF20CA" w:rsidSect="00726DCE">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F66432"/>
     <w:rsid w:val="00026349"/>
     <w:rsid w:val="000307F6"/>
     <w:rsid w:val="00052F27"/>
     <w:rsid w:val="000765A4"/>
     <w:rsid w:val="000D2ECA"/>
     <w:rsid w:val="000E623F"/>
     <w:rsid w:val="00127650"/>
     <w:rsid w:val="001510B5"/>
     <w:rsid w:val="001705BB"/>
     <w:rsid w:val="001B04BE"/>
     <w:rsid w:val="00266426"/>
     <w:rsid w:val="0029001D"/>
     <w:rsid w:val="003E4AE3"/>
     <w:rsid w:val="0053783E"/>
     <w:rsid w:val="005B57F6"/>
     <w:rsid w:val="005F5AA7"/>
     <w:rsid w:val="006149C4"/>
     <w:rsid w:val="006D537D"/>
+    <w:rsid w:val="00726DCE"/>
     <w:rsid w:val="007627D2"/>
     <w:rsid w:val="00956E44"/>
     <w:rsid w:val="00A164C6"/>
     <w:rsid w:val="00A83F08"/>
     <w:rsid w:val="00AC405D"/>
     <w:rsid w:val="00AC5CC5"/>
     <w:rsid w:val="00BB54D6"/>
     <w:rsid w:val="00BD61E3"/>
     <w:rsid w:val="00D01C43"/>
     <w:rsid w:val="00DD29D2"/>
     <w:rsid w:val="00DF20CA"/>
     <w:rsid w:val="00E6034C"/>
     <w:rsid w:val="00F66432"/>
     <w:rsid w:val="00FA7F57"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2DD46F99"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1A4BA30A-5729-46A7-9C52-37083C48658C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -8141,72 +7072,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>22430</Characters>
+  <Pages>6</Pages>
+  <Words>3920</Words>
+  <Characters>22349</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>186</Lines>
   <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26312</CharactersWithSpaces>
+  <CharactersWithSpaces>26217</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Шульгина Валентина Юрьевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>