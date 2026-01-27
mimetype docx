--- v0 (2025-10-31)
+++ v1 (2026-01-27)
@@ -1,919 +1,2874 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="18D8932C" w14:textId="77777777" w:rsidR="00E835C3" w:rsidRDefault="009A532A">
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc158107761"/>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc211265300"/>
+      <w:r w:rsidRPr="00F43B6D">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Приложение 1 Форма заявки для участия в заочном этапе Конкурса</w:t>
+        <w:t>Форма заявки для участия</w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="4792CB56" w14:textId="77777777" w:rsidR="00E835C3" w:rsidRDefault="009A532A">
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F43B6D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1. Общее</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="ac"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4393"/>
-        <w:gridCol w:w="4679"/>
+        <w:gridCol w:w="4527"/>
+        <w:gridCol w:w="4818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E835C3" w14:paraId="473CC98A" w14:textId="77777777">
-[...17 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Название проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...33 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Номинация проекта (из пункта 9 настоящего Положения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Логотип (не обязательно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...43 lines deleted...]
-          <w:p w14:paraId="066E95FD" w14:textId="6FB43267" w:rsidR="00E835C3" w:rsidRDefault="00E835C3">
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Дата начала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Дата окончания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C0828FB" w14:textId="77777777" w:rsidR="00E835C3" w:rsidRDefault="009A532A">
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F43B6D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2. Руководитель проекта</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="ac"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4393"/>
-        <w:gridCol w:w="4679"/>
+        <w:gridCol w:w="4527"/>
+        <w:gridCol w:w="4818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E835C3" w14:paraId="3643DBCF" w14:textId="77777777">
-[...17 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ФИО </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Дата рождения </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Институт </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Группа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...74 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Формат обучения (бюджет/коммерция)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Аккаунт в социальной сети «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Вконтакте</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...32 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Электронная почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Опыт организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A4E358C" w14:textId="77777777" w:rsidR="00E835C3" w:rsidRDefault="009A532A">
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Команда проекта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(без руководителя проекта)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4527"/>
+        <w:gridCol w:w="4818"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участник команды № 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Институт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Группа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Формат обучения (бюджет/коммерция)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Должность в рамках проекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Функции в рамках реализации проекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участник команды №2 и т.д.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F43B6D">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3. О проекте</w:t>
+        <w:t>4. О проекте</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="ac"/>
-[...2 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4393"/>
-        <w:gridCol w:w="4679"/>
+        <w:gridCol w:w="4527"/>
+        <w:gridCol w:w="4818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E835C3" w14:paraId="535D00E3" w14:textId="77777777">
-[...5 lines deleted...]
-          <w:p w14:paraId="65691B8A" w14:textId="77777777" w:rsidR="00E835C3" w:rsidRDefault="009A532A">
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Краткая информация о проекте </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(не более 2000 символов включая пробелы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Описание проблемы, решению/ снижению остроты которой посвящен проект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Основные целевые группы, на которые направлен проект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Основная цель проекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт успешной реализации проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(данной командой)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Дальнейшее развитие проекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Результаты</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5110"/>
+        <w:gridCol w:w="4235"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Количественный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Показатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>План</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:spacing w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Количество мероприятий (шт.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0C527B9E" w14:textId="58E4C2D3" w:rsidR="00E835C3" w:rsidRDefault="00E835C3" w:rsidP="00DE7FC2">
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Количество участников (чел.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Количество постов (шт.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Количество просмотров (шт.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Социальный эффект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:trPr>
+          <w:trHeight w:val="383"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Календарный план</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="585"/>
+        <w:gridCol w:w="2482"/>
+        <w:gridCol w:w="4235"/>
+        <w:gridCol w:w="2043"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Крайняя дата выполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Бюджет (смета проекта)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="458"/>
+        <w:gridCol w:w="2330"/>
+        <w:gridCol w:w="1892"/>
+        <w:gridCol w:w="1892"/>
+        <w:gridCol w:w="1499"/>
+        <w:gridCol w:w="1274"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="238" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Наименование расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Обоснование расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Стоимость одной единицы, руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Сумма, руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="238" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:hanging="1200"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1200"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="238" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="480"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2512" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Партнёры проекта (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4527"/>
+        <w:gridCol w:w="4818"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Партнёр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Вид поддержки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2422" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Дополнительные материалы </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9345"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:spacing w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43B6D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Приложения (Список приложений: фотографий, видео, статей в СМИ, ссылки на сообщения о проекте и т.д., если такие имеются к моменту начала реализации проекта, макеты, дизайны и т.д.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidTr="00E16F2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00E16F2F">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F0922C6" w14:textId="77777777" w:rsidR="00E835C3" w:rsidRDefault="00E835C3">
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00E835C3" w:rsidSect="00D06500">
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«___»___________             г.     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ______________________     ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B761D4" w:rsidRPr="00F43B6D" w:rsidRDefault="00B761D4" w:rsidP="00B761D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="3540" w:firstLine="708"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   подпись </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F43B6D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           Ф.И.О.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E57B1" w:rsidRDefault="00B761D4"/>
+    <w:sectPr w:rsidR="001E57B1">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="993" w:header="0" w:footer="0" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:formProt w:val="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...25 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="A6B3ED9D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5DB66566"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1200" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2640" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="4080" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4800" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E835C3"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FD765A"/>
+    <w:rsidRoot w:val="00B761D4"/>
+    <w:rsid w:val="003E3A5E"/>
+    <w:rsid w:val="00B761D4"/>
+    <w:rsid w:val="00C873DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="03F9763C"/>
-  <w15:docId w15:val="{956D2B47-9894-48A9-922C-8294A627AD36}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{C41F28FA-E3F6-4DDC-BDC6-3345B4A8EA37}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:suppressAutoHyphens/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1249,399 +3204,291 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008C3E0A"/>
+    <w:rsid w:val="00B761D4"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a0"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="008C3E0A"/>
+    <w:rsid w:val="00B761D4"/>
     <w:pPr>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="1"/>
-    <w:qFormat/>
-    <w:rsid w:val="008C3E0A"/>
+    <w:rsid w:val="00B761D4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...78 lines deleted...]
-    <w:rsid w:val="00145BFC"/>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a2"/>
+    <w:rsid w:val="00B761D4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:firstLine="0"/>
-[...23 lines deleted...]
-    <w:pPr>
+      <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Абзац с нумерацией"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B761D4"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:contextualSpacing w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Абзац с нумерацией Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00B761D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B761D4"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B761D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a0">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B761D4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:divs>
-[...53 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -1779,71 +3626,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>417</Characters>
+  <Pages>2</Pages>
+  <Words>255</Words>
+  <Characters>1460</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>488</CharactersWithSpaces>
+  <CharactersWithSpaces>1712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Овчинников Егор Сергеевич</dc:creator>
+  <dc:creator>Шмарловская Анжелика Владимировна</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>