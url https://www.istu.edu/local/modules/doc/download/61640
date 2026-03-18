--- v0 (2026-02-22)
+++ v1 (2026-03-18)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00E22FC3" w:rsidRPr="00AC4776" w:rsidRDefault="00714716" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
@@ -1484,50 +1485,67 @@
     <w:p w:rsidR="00C83613" w:rsidRPr="00AC4776" w:rsidRDefault="00C83613" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Обозначаются PE и имеют цветовое обозначение чередующимися продольными или поперечными полосами одинаковой ширины желтого и белого цветов.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00C83613" w:rsidRPr="00AC4776" w:rsidRDefault="00C83613" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №2</w:t>
       </w:r>
       <w:r w:rsidR="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
@@ -2407,593 +2425,601 @@
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 7</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Какая продолжительность дублирования конкретного работника после перерыва в работе более 30 календарных дней?</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00D868DB" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4C8F" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4C8F" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 1 рабочий смены.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 7 рабочих смен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее 1 рабочий смены.</w:t>
+        <w:t xml:space="preserve"> Не менее 12 рабочих смен.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 4 рабочих смен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Каким образом фиксируются результаты проверки знаний?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Формируется приказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее 7 рабочих смен.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF14FE" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Оформляе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>тся протоколом проверки знаний и удостоверением и фиксируется в журнале учета проверки знаний</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее 12 рабочих смен.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> Формируется акт о проведении и получении соответствующих результатов работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее 4 рабочих смен.</w:t>
-[...40 lines deleted...]
-    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> Только удостоверением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>С какой периодичностью должен быть организован осмотр оборудования распределительных устройств без отключения от сети на объектах с постоянным дежурством персонала?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Формируется приказ.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> Не реже 1 раза в 1 сутки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> Один раз в 3 суток</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Формируется акт о проведении и получении соответствующих результатов работников.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00DF4C8F" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> Один раз в 7 дней</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Только удостоверением.</w:t>
-[...40 lines deleted...]
-    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> Один раз в месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004059A3" w:rsidRPr="00AC4776" w:rsidRDefault="004059A3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004059A3" w:rsidRPr="00AC4776" w:rsidRDefault="004059A3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какую группу по электробезопасности должны иметь руководители структурных подразделений потребителя (при наличии таких структурных подразделений), в подчинении которых находится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>электротехнологический</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персонал? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004059A3" w:rsidRPr="00AC4776" w:rsidRDefault="004059A3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не реже 1 раза в 1 сутки</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> Не ниже, чем у подчиненного персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004059A3" w:rsidRPr="00AC4776" w:rsidRDefault="004059A3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Один раз в 3 суток</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> III группу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004059A3" w:rsidRPr="00AC4776" w:rsidRDefault="004059A3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Один раз в 7 дней</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DF4C8F" w:rsidRPr="00AC4776" w:rsidRDefault="00AF14FE" w:rsidP="00AC4776">
+        <w:t xml:space="preserve"> IV группу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF14FE" w:rsidRPr="00AC4776" w:rsidRDefault="004059A3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Один раз в месяц.</w:t>
-[...154 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Может не иметь группу по электробезопасности</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3007,50 +3033,67 @@
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №3</w:t>
       </w:r>
       <w:r w:rsidR="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
@@ -3479,1072 +3522,1114 @@
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Какие электроустановки и электрические приборы подлежат отключению по окончании рабочего времени? </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="00D868DB" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidR="001B33C3" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Дежурное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001B33C3" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="00D868DB" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidR="001B33C3" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Установки пожаротушения и противопожарного водоснабжения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="00D868DB" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidR="001B33C3" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Установки пожарной и охранно-пожарной сигнализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="00D868DB" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="001B33C3" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001B33C3" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электроустановки и бытовые электроприборы в помещениях, в которых по окончании рабочего времени отсутствует дежурный персонал.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-        <w:t>Дежурное освещение</w:t>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>С какой периодичностью должны проводиться плановые производственные инструктажи для ремонтного персонала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Установки пожаротушения и противопожарного водоснабжения</w:t>
+        <w:t xml:space="preserve"> 1 раз в 3 месяца.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Установки пожарной и охранно-пожарной сигнализации</w:t>
+        <w:t xml:space="preserve"> 1 раз в 12 месяцев.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Электроустановки и бытовые электроприборы в помещениях, в которых по окончании рабочего времени отсутствует дежурный персонал.</w:t>
+        <w:t xml:space="preserve"> 1 раз в 6 месяцев.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-        <w:t>Вопрос 5</w:t>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 раз в 4 месяца.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...15 lines deleted...]
-        <w:t>?</w:t>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Для какой категории персонала производственный является обязательным?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 раз в 3 месяца.</w:t>
+        <w:t xml:space="preserve"> Диспетчерского, оперативного, оперативно-ремонтного и ремонтного персонала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 раз в 12 месяцев.</w:t>
+        <w:t xml:space="preserve"> Административно-технического персонала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 раз в 6 месяцев.</w:t>
+        <w:t xml:space="preserve"> Только для технического персонала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 раз в 4 месяца.</w:t>
+        <w:t xml:space="preserve"> Для всех.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Вопрос 6</w:t>
+        <w:t>Вопрос 7</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Для какой категории персонала производственный является обязательным?</w:t>
+        <w:t>Какое понижение напряжения допускается у наиболее удаленных ламп сети внутреннего рабочего освещения, а также прожекторных установок?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Диспетчерского, оперативного, оперативно-ремонтного и ремонтного персонала.</w:t>
+        <w:t xml:space="preserve"> Не более 5 % номинального напряжения</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Административно-технического персонала.</w:t>
+        <w:t xml:space="preserve"> 6,5 % номинального напряжения, при наличии локальных источников освещения</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Только для технического персонала.</w:t>
+        <w:t xml:space="preserve"> 7,5 % номинального напряжения, при наличии локальных источников освещения</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Для всех.</w:t>
+        <w:t xml:space="preserve"> 10 % номинального напряжения, при наличии локальных источников освещения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Вопрос 7</w:t>
+        <w:t>Вопрос 8</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Какое понижение напряжения допускается у наиболее удаленных ламп сети внутреннего рабочего освещения, а также прожекторных установок?</w:t>
+        <w:t xml:space="preserve">Как часто должны пересматриваться производственные инструкции по эксплуатации электроустановок? </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не более 5 % номинального напряжения</w:t>
+        <w:t xml:space="preserve"> Периодически, один раз в год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6,5 % номинального напряжения, при наличии локальных источников освещения</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае изменений условий эксплуатации, но не реже одного раза в три года</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7,5 % номинального напряжения, при наличии локальных источников освещения</w:t>
+        <w:t xml:space="preserve"> Периодически, но не реже одного раза в пять лет.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>На какой максимальной высоте над уровнем пола должны устанавливаться светильники, обслуживаемые со стремянок или приставных лестниц, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На высоте не более 3 м до низа светильника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На высоте не более 6 м до узла крепления светильника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На высоте не более 5 м до низа светильника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10 % номинального напряжения, при наличии локальных источников освещения.</w:t>
+        <w:t xml:space="preserve"> На высоте не более 7 м до узла крепления светильника.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Вопрос 8</w:t>
+        <w:t>Вопрос 10</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Как часто должны пересматриваться производственные инструкции по эксплуатации электроустановок? </w:t>
+        <w:t xml:space="preserve">Что может применяться для питания групп светильников вместо групповых щитков при использовании </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в качестве линий питающей осветительной сети, согласно Правилам устройства электроустановок?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Периодически, один раз в год</w:t>
+        <w:t xml:space="preserve"> Индивидуальные модульные учетно-распределительные щитки</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> случае изменений условий эксплуатации, но не реже одного раза в три года</w:t>
+        <w:t xml:space="preserve"> Только присоединяемые к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельные аппараты защиты</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Периодически, но не реже одного раза в пять лет.</w:t>
+        <w:t xml:space="preserve"> Только присоединяемые к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельные аппараты управления</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B33C3" w:rsidRPr="00AC4776" w:rsidRDefault="001B33C3" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...111 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> На высоте не более 7 м до узла крепления светильника.</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">Что может применяться для питания групп светильников вместо групповых щитков при использовании </w:t>
+        <w:t xml:space="preserve"> Присоединяемые к </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>шинопроводов</w:t>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...147 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> отдельные аппараты защиты и управления</w:t>
       </w:r>
       <w:r w:rsidR="004756A8" w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="004756A8" w:rsidRPr="00AC4776" w:rsidRDefault="004756A8" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №</w:t>
       </w:r>
       <w:r w:rsidR="001D18B3" w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
@@ -5884,657 +5969,112 @@
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Устно перед началом работ в электроустановках</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004756A8" w:rsidRPr="00AC4776" w:rsidRDefault="004756A8" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказе по предприятию.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BE5619" w:rsidRPr="00AC4776" w:rsidRDefault="00BE5619" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE5619" w:rsidRPr="00AC4776" w:rsidRDefault="00BE5619" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-[...538 lines deleted...]
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00BE5619" w:rsidRPr="00AC4776" w:rsidRDefault="00BE5619" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №5</w:t>
       </w:r>
       <w:r w:rsidR="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
@@ -6902,1143 +6442,1158 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Работник из числа оперативного персонала, имеющий группу по электробезопасности не ниже III, осуществляющий оперативное обслуживание данной электроустановки, находящийся на дежурстве, либо работник из числа административно-технического персонала, имеющий группу IV по электробезопасности.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B02261" w:rsidRPr="00B02261" w:rsidRDefault="00B02261" w:rsidP="00B02261">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Вопрос </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B02261" w:rsidRPr="00B02261" w:rsidRDefault="00B02261" w:rsidP="00B02261">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B02261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каком случае при проверке знаний работнику устанавливается оценка «неудовлетворительно»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B02261" w:rsidRPr="00B02261" w:rsidRDefault="00B02261" w:rsidP="00B02261">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B02261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а) Правильных ответов от общего числа вопросов менее 70%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B02261" w:rsidRPr="00B02261" w:rsidRDefault="00B02261" w:rsidP="00B02261">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B02261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б) Правильных ответов от общего числа вопросов менее 80%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B02261" w:rsidRPr="00B02261" w:rsidRDefault="00B02261" w:rsidP="00B02261">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B02261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в) Правильных ответов от общего числа вопросов менее 90%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B02261" w:rsidRPr="00AC4776" w:rsidRDefault="00B02261" w:rsidP="00B02261">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B02261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г) Правильных ответов от общего числа вопросов менее 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Куда должны складываться использованные промасленные обтирочные материалы? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контейнеры из негорючего материала с закрывающейся крышкой </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специальные контейнеры вместимостью не более 1,0 м3 с надписью "Для ветоши"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деревянные закрывающиеся ящики обработанные огнезащитными составами вместимостью не более 1,5 м3 с надписью "Для ветоши"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> металлические ведра с крышкой и надписью "Для ветоши".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каких случаях может быть отозван допуск к самостоятельной работе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Неудовлетворительной оценки, полученной работником по результатам проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключений (актов) комиссий, расследовавших несчастные случаи, аварии в электроэнергетике, пожары, инциденты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Неудовлетворительной оценки, полученной работником повторно на индивидуальной противоаварийной или противопожарной тренировке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070458" w:rsidRPr="00AC4776" w:rsidRDefault="00070458" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Во всех перечисленных случаях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>С какой периодичностью должен быть организован осмотр оборудования распределительных устройств без отключения от сети на объектах с постоянным дежурством персонала?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже 1 раза в 1 сутки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Один раз в 3 суток</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Один раз в 7 дней</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Один раз в месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для каких эксплуатационных вопросов должны быть разработаны производственные инструкции? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для организации и осуществления эксплуатации электроустановок потребителем </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для организации и осуществлению оперативно-технологического управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для производства переключений в электроустановках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для ведения оперативных переговоров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>д)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для предотвращения развития и ликвидации нарушений нормального режима в электроустановках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="00F3491E" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>е)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для всего перечисленного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Для чего предназначено освещение безопасности, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для продолжения работы при аварийном отключении рабочего освещения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для освещения территории в нерабочее время</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для установки вдоль границ территорий, охраняемых специальным персоналом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3491E" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для обеспечения освещения вне производственных помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="007350DD" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>На какие виды делится аварийное освещение, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дежурное освещение и эвакуационное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общее освещение и сигнальное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Освещение безопасности и эвакуационное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C575C" w:rsidRPr="00AC4776" w:rsidRDefault="004C575C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рабочее освещение и комбинированное освещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...1048 lines deleted...]
-          <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00823087" w:rsidRPr="00AC4776" w:rsidRDefault="00823087" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №</w:t>
       </w:r>
-      <w:r w:rsidR="00B02261">
+      <w:r w:rsidR="00B02261" w:rsidRPr="00D868DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (3гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00823087" w:rsidRPr="00AC4776" w:rsidRDefault="00823087" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8996,876 +8551,525 @@
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 100%.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
-[...31 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какое количество членов постояннодействующей комиссии должно присутствовать при проверке знаний филиала, представительства, структурного подразделения организации?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее двух членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее трёх членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее четырёх членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее пяти членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Вопрос 8</w:t>
+        <w:t>Вопрос 9</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Какое количество членов постояннодействующей комиссии должно присутствовать при проверке знаний филиала, представительства, структурного подразделения организации?</w:t>
+        <w:t>Что означает термин "Воздушная линия"?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее двух членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+        <w:t xml:space="preserve"> Устройство для передачи электрической энергии по проводам, расположенное на открытом воздухе и прикрепленное при помощи изолирующих конструкций и арматуры к опорам, несущим конструкциям, кронштейнам и стойкам на инженерных сооружениях</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее трёх членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+        <w:t xml:space="preserve"> Устройство для передачи электрической энергии, состоящее из одного или нескольких параллельных кабелей (проводов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>токопроводов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>) с соединительными, стопорными и конечными муфтами (уплотнениями) и крепежными деталями, проложенное в коробах, трубах, лотках, тросах, изоляторах, свободным подвешиванием, а также по поверхности стен и потолков и в пустотах строительных конструкций или другим способом</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее четырёх членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+        <w:t xml:space="preserve"> Объект электроэнергетики, имеющий непосредственное присоединение к другому объекту электроэнергетики.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Что из перечисленного не входит в комплект документации, хранящейся на рабочем месте оперативного персонала? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный журнал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Журнал учета работ по нарядам и распоряжениям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Журнал выдачи и возврата ключей от электроустановок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Не менее пяти членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+        <w:t xml:space="preserve"> Журнал регистрации вводного инструктажа</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87B21" w:rsidRPr="00AC4776" w:rsidRDefault="00E87B21" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...265 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>д)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал релейной защиты и автоматики.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+    <w:p w:rsidR="00AC4776" w:rsidRPr="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-      </w:pPr>
-[...329 lines deleted...]
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="006C467B" w:rsidRPr="00AC4776" w:rsidRDefault="006C467B" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №</w:t>
       </w:r>
       <w:r w:rsidR="00B02261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
@@ -11371,6627 +10575,6197 @@
         </w:rPr>
         <w:t xml:space="preserve"> отдельные аппараты защиты и управления.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
-      <w:pPr>
-[...1470 lines deleted...]
-    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №</w:t>
       </w:r>
+      <w:r w:rsidR="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Как определяется первоочередность оказания первой помощи двум и более пострадавшим, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в первую очередь помощь оказывается первому обнаруженному пострадавшему</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первоочередность определяется исходя из тяжести их состояния, при этом приоритет должен отдаваться детям (несовершеннолетним)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощь оказывается пострадавшему, который имеет видимые повреждения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> все ответы неверны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какими требованиями необходимо руководствоваться при использовании разделительного трансформатора?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> От разделительного трансформатора разрешается питание одного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>электроприемника</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заземление вторичной обмотки разделительного трансформатора не допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Корпус трансформатора в зависимости от режима </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>нейтрали</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> питающей электрической сети должен быть заземлен или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>занулен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В этом случае заземление корпуса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>электроприемника</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>, присоединенного к разделительному трансформатору, не требуется</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Всеми перечисленными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каких случаях запрещается выполнение (возобновление) работ на ВЛ, ВЛЗ, ВЛИ под напряжением?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аварийного отключения ВЛ, ВЛЗ, ВЛИ действием защит при производстве работ на токоведущих частях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обнаружения повреждения на ВЛ, ВЛЗ, ВЛИ, устранение которого невозможно без нарушения технологии работ под напряжением на токоведущих частях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отсутствия или неисправности технических средств и средств защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Во всех перечисленных случаях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В каком случае, в дополнение к плану эвакуации, должна быть разработана инструкция, определяющая действие персонала по эвакуации людей? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На объектах с массовым пребыванием людей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На объектах с постоянным пребыванием людей в количестве сорока человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На объектах с постоянным пребыванием людей в количестве тридцати человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На объектах с постоянным пребыванием людей в количестве двадцати и более человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В какой срок лицо, получившее неудовлетворительную оценку по результатам проверки знаний, должно пройти повторную проверку?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не более одного месяца</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не позднее двух недель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вопрос о сроках повторной проверки и о возможности сохранения трудового договора с работником решается руководителем организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="006848C2" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения проверки знаний руководитель организации должен назначить постоянно действующую комиссию организации в составе не менее: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В отношении каких объектов электроэнергетики владельцем объекта электроэнергетики должно быть организовано и осуществляться оперативно-технологическое управление?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношении каждого объекта электроэнергетики, в том числе принадлежащего потребителям электрической энергии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношении каждого объекта электроэнергетики, кроме объектов, принадлежащих потребителям электрической энергии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношении объектов, принадлежащих потребителям электрической энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каким образом следует устанавливать дату очередной проверки знаний? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зависимости от категории персонала, связанного с эксплуатацией электроустановок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Спустя 12 месяцев с даты последней проверки знаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не регламентируется нормативными документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Каким должно быть минимальное расстояние в производственных помещениях между газопроводами и трубопроводами с горючими жидкостями, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 0,25 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 0,5 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 0,8 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 1,0 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какой тип опор устанавливается в местах изменения направления трассы воздушной линии электропередачи, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Промежуточные опоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анкерные опоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Угловые опоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Концевые опоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №</w:t>
+      </w:r>
+      <w:r w:rsidR="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Каким должно быть минимальное расстояние в производственных помещениях между параллельно проложенными силовыми кабелями и всякого рода трубопроводами, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 0,25 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 0,5 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 0,8 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 1,0 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Допускается ли в кабельном сооружении иметь один выход, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается, но только при длине кабельного сооружения не более 25 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается, но только длине кабельного сооружения не менее 50 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какие средства могут использоваться при оказании первой помощи, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> укладки, наборы, комплекты и аптечки для оказания первой помощи с применением медицинских изделий и (или) лекарственных препаратов, требования к комплектации которых утверждаются Министерством здравоохранения Российской Федерации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оба ответа верны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подручные средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Кто имеет право проводить обслуживание аккумуляторных батарей и зарядных устройств?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специально обученный персонал, имеющий II группу по электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Любой работник из числа электротехнического персонала, имеющий III группу по электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специально обученный персонал, имеющий III группу по электробезопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Каким образом должна быть обеспечена защита от потенциала при работах на проводах, выполняемых с телескопической вышки?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рабочая площадка вышки должна быть с помощью специальной штанги соединена с проводом линии гибким медным проводником сечением не менее 10 мм², а сама вышка заземлена</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рабочая площадка вышки должна быть с помощью специальной штанги соединена с проводом линии гибким медным проводником сечением не менее 12 мм², а сама вышка заземлена</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рабочая площадка вышки должна быть с помощью специальной штанги соединена с проводом линии гибким медным проводником сечением не менее 16 мм², а сама вышка заземлена</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рабочая площадка вышки должна быть с помощью специальной штанги соединена с проводом линии гибким медным проводником сечением не менее 20 мм², а сама вышка заземлена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="006848C2" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какие электроустановки и электрические приборы подлежат отключению по окончании рабочего времени? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006848C2" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Дежурное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006848C2" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Установки пожаротушения и противопожарного водоснабжения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006848C2" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Установки пожарной и охранно-пожарной сигнализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006848C2" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006848C2" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Электроустановки и бытовые электроприборы в помещениях, в которых по окончании рабочего времени отсутствует дежурный персонал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каких случаях проводится внеплановый производственный инструктаж?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При принятии новой или внесении изменений в действующую инструктивно-техническую документацию диспетчерских центров субъекта оперативно-диспетчерского управления, инструктивную документацию организации по вопросам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При внесении изменений в действующие отраслевые акты в сфере электроэнергетики (для персонала объектов по производству электрической энергии, функционирующих в режиме комбинированной выработки электрической и тепловой энергии, - также в сфере теплоснабжения), являющиеся обязательными для использования в работе и исполнения согласно должностным обязанностям (трудовым функциям) работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по решению руководителя или иного уполномоченного должностного лица организации (ее филиала, представительства) при установлении нарушений работниками требований отраслевых актов и (или) инструктивно-технических документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>непрохождения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работником планового производственного инструктажа (по темам пропущенного инструктажа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>д)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Во всех перечисленных случаях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какие вопросы включает программа планового производственного инструктажа?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Особенности и режимы эксплуатации оборудования в период его пуска, нормальной работы, останова, консервации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Принципы работы оборудования и устройств (комплексов) РЗА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вопросы управления электроэнергетическим режимом и иные технологические вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Все перечисленное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С какой периодичностью должен проводиться планово-предупредительный </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02261" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">капитальный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>ремонт ВЛ с деревянными опорами?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже 1 раза в 6 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> периодичностью, приведенной в типовой инструкции по эксплуатации ВЛ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже 1 раза в 3 года, а также перед подъемом на опору или сменой деталей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRPr="00327E76" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidR="00327E76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже 1 раза в 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В какие сроки должна проводиться очередная проверка знаний для электротехнического персонала, непосредственно организующего и проводящего работы по обслуживанию действующих электроустановок или выполняющего в них наладочные, электромонтажные, ремонтные работы или профилактические испытания? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в три года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в два года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в 18 месяцев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1DA0" w:rsidRPr="00AC4776" w:rsidRDefault="00BB1DA0" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №</w:t>
+      </w:r>
+      <w:r w:rsidR="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2DCC" w:rsidRPr="00AC4776" w:rsidRDefault="00EE2DCC" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Допускается ли оказание помощи пострадавшему в принятии лекарственных препаратов для медицинского применения, назначенных ему ранее лечащим врачом, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прием лекарственных препаратов пострадавшим допускается только при разрешении персонала скорой помощи </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F74DF6" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не допускается ни в каком случае.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каких электроустановках могут выполняться работы в порядке текущей эксплуатации?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электроустановках напряжением до 1000 В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электроустановках напряжением до и выше 1000 В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> любых электроустановках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только в электроустановках напряжением не выше 380 В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какие работы из перечисленных можно отнести к работам, выполняемым в порядке текущей эксплуатации в электроустановках напряжением до 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Снятие и установка электросчетчиков, других приборов и средств измерений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ремонт пусковой и коммутационной аппаратуры, установленной на щитках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Замена ламп и чистка светильников на высоте более 2,5 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Любые из перечисленных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Куда должны складываться использованные промасленные обтирочные материалы? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контейнеры из негорючего материала с закрывающейся крышкой </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специальные контейнеры вместимостью не более 1,0 м3 с надписью "Для ветоши"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деревянные закрывающиеся ящики обработанные огнезащитными составами вместимостью не более 1,5 м3 с надписью "Для ветоши"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> металлические ведра с крышкой и надписью "Для ветоши".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Кто несет ответственность за действия работника, допущенного к дублированию на рабочем месте?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сам работник, допущенный к дублированию, так и работник, под руководством и контролем которого проводится дублирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только сам работник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководитель организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инспектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Ростехнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какая продолжительность дублирования конкретного работника при подготовке по новой должности?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 5 рабочих смен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 7 рабочих смен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 12 рабочих смен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее 4 рабочих смен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Что из представленного перечня не относится к обязанностям оперативного персонала?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный персонал должен осуществлять контроль соответствия эксплуатационного состояния устройств РЗА схемам первичных соединений объекта электроэнергетики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный персонал должен фиксировать факты срабатывания устройств РЗА и передавать необходимую информацию персоналу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004756A8" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный персонал должен обеспечивать ведение учета всех случаев срабатывания и отказа срабатывания устройств РЗА в соответствии с Правилами технического учета и анализа функционирования РЗА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="0054222F" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="00842A52" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У каких категорий работников необходимо проводить первичную проверку знаний? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00842A52" w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Впервые поступивших на работу, связанную с обслуживанием электроустановок, или при перерыве в работе более 3 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00842A52" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Впервые поступивших на работу, связанную с обслуживанием электроустановок, или при перерыве в работе более 2 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842A52" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00842A52" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Впервые поступивших на работу, связанную с обслуживанием электроустановок, или при перерыве в работе более 1 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Что может применяться для питания групп светильников вместо групповых щитков при использовании </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в качестве линий питающей осветительной сети, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Индивидуальные модульные учетно-распределительные щитки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только присоединяемые к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельные аппараты защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только присоединяемые к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельные аппараты управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присоединяемые к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>шинопроводу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельные аппараты защиты и управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>На какие виды делится аварийное освещение, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дежурное освещение и эвакуационное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общее освещение и сигнальное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Освещение безопасности и эвакуационное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRDefault="0054222F" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рабочее освещение и комбинированное освещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC4776" w:rsidRPr="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC4776">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> (3гр)</w:t>
-[...3652 lines deleted...]
-      </w:pPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
-      <w:pPr>
-[...1373 lines deleted...]
-    <w:p w:rsidR="005D088B" w:rsidRPr="00AC4776" w:rsidRDefault="005D088B" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №1</w:t>
       </w:r>
-      <w:r w:rsidR="00426A0C" w:rsidRPr="00AC4776">
+      <w:r w:rsidR="00D868DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (3гр)</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Светильники какого минимального класса защиты допускается применять (за исключением светильников, обслуживаемых с кранов) в помещениях с повышенной опасностью и особо опасных помещениях при высоте установки светильников общего освещения над полом или площадкой обслуживания менее 2,5 м при условии, что цепь защищена устройством защитного отключения, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Класса защиты 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Класса защиты 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Класса защиты 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054222F" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Класса защиты 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Светильники с какими лампами рекомендуется применять для аварийного освещения, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ртутно-вольфрамовыми лампами или ртутными лампами типа ДРЛ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лампами накаливания или люминесцентными лампами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только с люминесцентными лампами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только с ртутно-вольфрамовыми лампами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Перечислите состояния, при которых не оказывается первая помощь в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отсутствие сознания, остановка дыхания и кровообращения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наружные кровотечения, травмы, ранения и поражения, вызванные механическими, химическими, электрическими, термическими поражающими факторами, воздействием излучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Степень сильного алкогольного опьянения, нарушение координации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> все ответы неверны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Сколько схем существует для обеспечения безопасности персонала при выполнении работ под напряжением на токоведущих частях согласно Правилам по охране труда при эксплуатации электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Одна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Две</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Три</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>При совместном производстве нескольких видов работ, по которым требуется оформление наряда-допуска, допускается ли оформление единого наряда-допуска?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Да</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="004624A5" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С какой периодичностью на объектах с массовым пребыванием людей должны проводиться практические тренировки по эвакуации людей при пожаре? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в полугодие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в девять месяцев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004624A5" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в три месяца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каких случаях может быть отозван допуск к самостоятельной работе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Неудовлетворительной оценки, полученной работником по результатам проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключений (актов) комиссий, расследовавших несчастные случаи, аварии в электроэнергетике, пожары, инциденты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Неудовлетворительной оценки, полученной работником повторно на индивидуальной противоаварийной или противопожарной тренировке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Во всех перечисленных случаях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какой срок действия допуска к самостоятельной работе категорий диспетчерского, оперативного, оперативно-ремонтного и ремонтного персонала?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> До очередной проверки знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На 1 год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На 6 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B652FE" w:rsidRPr="00AC4776" w:rsidRDefault="00B652FE" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На 2 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17CCF" w:rsidRPr="00AC4776" w:rsidRDefault="00E17CCF" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17CCF" w:rsidRPr="00AC4776" w:rsidRDefault="00E17CCF" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каких случаях допускается последовательное соединение заземляющими проводниками нескольких элементов установки?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17CCF" w:rsidRPr="00AC4776" w:rsidRDefault="00E17CCF" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Такое соединение не допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17CCF" w:rsidRPr="00AC4776" w:rsidRDefault="00E17CCF" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается для электроустановок постоянного напряжения 127 В, находящихся в помещениях без повышенной опасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17CCF" w:rsidRPr="00AC4776" w:rsidRDefault="00E17CCF" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается для электроустановок переменного напряжения до 300 В, при сечении заземляющего проводника не менее 25 мм2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17CCF" w:rsidRPr="00AC4776" w:rsidRDefault="00E17CCF" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается для электроустановок переменного напряжения до 300 В, при присоединении к одному заземляющему проводнику не более трех элементов установки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457167" w:rsidRPr="00AC4776" w:rsidRDefault="00457167" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457167" w:rsidRPr="00AC4776" w:rsidRDefault="00457167" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каким образом должен выполняться ремонт электрооборудования и аппаратов, непосредственно связанных с технологическими агрегатами? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457167" w:rsidRPr="00AC4776" w:rsidRDefault="00457167" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должен выполняться одновременно с ремонтом таких агрегатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457167" w:rsidRPr="00AC4776" w:rsidRDefault="00457167" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должен выполняться сначала ремонт основного электрооборудования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457167" w:rsidRPr="00AC4776" w:rsidRDefault="00457167" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должны быть ранее отремонтированы аппараты, непосредственно связанные с основным оборудованием</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17CCF" w:rsidRPr="00AC4776" w:rsidRDefault="00457167" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не регламентируется нормативными документами.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="005D088B" w:rsidRPr="00AC4776" w:rsidRDefault="005D088B" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D088B" w:rsidRPr="00AC4776" w:rsidRDefault="005D088B" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D088B" w:rsidRPr="00AC4776" w:rsidRDefault="005D088B" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D088B" w:rsidRPr="00AC4776" w:rsidRDefault="005D088B" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
@@ -19312,68 +18086,93 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00426A0C" w:rsidRPr="00AC4776" w:rsidRDefault="00426A0C" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Билет №12</w:t>
+        <w:t>Билет №1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (3гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00426A0C" w:rsidRPr="00AC4776" w:rsidRDefault="00426A0C" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
@@ -20795,68 +19594,93 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00142A49" w:rsidRPr="00AC4776" w:rsidRDefault="00142A49" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Билет №13</w:t>
+        <w:t>Билет №1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (3гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00142A49" w:rsidRPr="00AC4776" w:rsidRDefault="00142A49" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
@@ -22197,3780 +21021,1809 @@
     <w:p w:rsidR="002275E9" w:rsidRPr="00AC4776" w:rsidRDefault="002275E9" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4776">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Неопасные, малоопасные, опасные и особо опасные помещения.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="002275E9" w:rsidRPr="00AC4776" w:rsidRDefault="002275E9" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275E9" w:rsidRPr="00AC4776" w:rsidRDefault="002275E9" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какие помещения называются сырыми, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275E9" w:rsidRPr="00AC4776" w:rsidRDefault="002275E9" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха не превышает 60%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275E9" w:rsidRPr="00AC4776" w:rsidRDefault="002275E9" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха превышает 75%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275E9" w:rsidRPr="00AC4776" w:rsidRDefault="002275E9" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха не превышает 70%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275E9" w:rsidRPr="00AC4776" w:rsidRDefault="002275E9" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха превышает 65%.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:sz w:val="16"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D868DB" w:rsidRDefault="00D868DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D868DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какие помещения относятся к влажным, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха больше 60 %, но не превышает 75%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха в пределах 80%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха больше 75 %, но не превышает 90%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха близка к 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какие помещения называются сухими, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха не превышает 60%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха не превышает 75%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха не превышает 70%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения, в которых относительная влажность воздуха близка к 65%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каком случае допускается оказание первой помощи, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по окончании проведения сердечно-легочной реанимации и появления признаков жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если отсутствует выраженный до начала оказания первой помощи отказ гражданина или его законного представителя от оказания первой помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после осмотра пострадавшего и временной остановки наружного кровотечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Все ответы неверны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какую группу по электробезопасности должны иметь работники из числа оперативного персонала, единолично обслуживающие электроустановки напряжением до 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Группу не ниже III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Группу II </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Группу II или III.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Какую группу по электробезопасности должны иметь работники из числа оперативного персонала, единолично обслуживающие электроустановки напряжением выше 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Cтаршие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по смене должны иметь группу по электробезопасности не ниже III, остальные работники в смене - группу не ниже II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Старшие по смене должны иметь группу не ниже IV, остальные работники в смене - группу не ниже III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Cтаршие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по смене должны иметь группу не ниже II и остальные работники в смене - группу не ниже II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какое обучение в обязательном порядке должны пройти сотрудники, чтобы получить допуск к работе на объекте? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучение на курсах повышения квалификации по специальности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучение правилам действия в чрезвычайных ситуациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучение и инструктаж по санитарно-гигиеническим правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучение мерам пожарной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В каких случаях проводится внеочередная проверка знаний?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> любом из перечисленных случаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При нарушении работниками требований нормативных актов по охране труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При переводе работника на новую должность (для рабочих - на новое рабочее место)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При перерыве в работе в данной должности более 6 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00706009" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>В какой срок лицо, получившее неудовлетворительную оценку по результатам проверки знаний, должно пройти повторную проверку?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706009" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Не более одного месяца</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706009" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Не позднее двух недель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706009" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706009" w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос о сроках повторной проверки и о возможности сохранения трудового договора с работником решается руководителем организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Что из представленного перечня не относится к обязанностям оперативного персонала?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный персонал должен осуществлять контроль соответствия эксплуатационного состояния устройств РЗА схемам первичных соединений объекта электроэнергетики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный персонал должен фиксировать факты срабатывания устройств РЗА и передавать необходимую информацию персоналу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный персонал должен обеспечивать ведение учета всех случаев срабатывания и отказа срабатывания устройств РЗА в соответствии с Правилами технического учета и анализа функционирования РЗА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какая периодичность проверки знаний по электробезопасности установлена для электротехнического персонала, непосредственно организующего и проводящего работы по обслуживанию действующих электроустановок? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в два года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в три года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C36E1C" w:rsidRPr="00AC4776" w:rsidRDefault="00C36E1C" w:rsidP="00AC4776">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4776">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в пять лет.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:sz w:val="16"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...144 lines deleted...]
-      </w:r>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC4776" w:rsidRDefault="00AC4776" w:rsidP="00AC4776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2830 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00AC4776">
-[...550 lines deleted...]
-    <w:sectPr w:rsidR="00E27FA1" w:rsidRPr="00AC4776">
+    </w:p>
+    <w:sectPr w:rsidR="00AC4776" w:rsidSect="00D868DB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB3640"/>
     <w:rsid w:val="00030710"/>
     <w:rsid w:val="00070458"/>
     <w:rsid w:val="00142A49"/>
     <w:rsid w:val="001B33C3"/>
     <w:rsid w:val="001D18B3"/>
     <w:rsid w:val="002275E9"/>
     <w:rsid w:val="00327E76"/>
     <w:rsid w:val="004059A3"/>
     <w:rsid w:val="00426A0C"/>
     <w:rsid w:val="00457167"/>
     <w:rsid w:val="004624A5"/>
     <w:rsid w:val="004756A8"/>
     <w:rsid w:val="004C575C"/>
     <w:rsid w:val="0054222F"/>
     <w:rsid w:val="005D088B"/>
     <w:rsid w:val="005D0970"/>
     <w:rsid w:val="006848C2"/>
     <w:rsid w:val="006A66CF"/>
     <w:rsid w:val="006B6F2D"/>
     <w:rsid w:val="006C467B"/>
     <w:rsid w:val="006F63B4"/>
     <w:rsid w:val="00706009"/>
     <w:rsid w:val="00714716"/>
     <w:rsid w:val="007350DD"/>
     <w:rsid w:val="00755B23"/>
     <w:rsid w:val="00797B6E"/>
     <w:rsid w:val="00823087"/>
     <w:rsid w:val="00842A52"/>
     <w:rsid w:val="00AC4776"/>
     <w:rsid w:val="00AF14FE"/>
     <w:rsid w:val="00B02261"/>
     <w:rsid w:val="00B652FE"/>
     <w:rsid w:val="00B956C2"/>
     <w:rsid w:val="00BB1DA0"/>
     <w:rsid w:val="00BE5619"/>
     <w:rsid w:val="00C36E1C"/>
     <w:rsid w:val="00C83613"/>
+    <w:rsid w:val="00D868DB"/>
     <w:rsid w:val="00DB3640"/>
     <w:rsid w:val="00DF4C8F"/>
     <w:rsid w:val="00E17CCF"/>
     <w:rsid w:val="00E22FC3"/>
     <w:rsid w:val="00E27FA1"/>
     <w:rsid w:val="00E87B21"/>
     <w:rsid w:val="00EE2DCC"/>
     <w:rsid w:val="00F2221E"/>
     <w:rsid w:val="00F3491E"/>
     <w:rsid w:val="00F74DF6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="162DB5BF"/>
+  <w14:docId w14:val="798B7404"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2C6E2CF6-CA30-4E93-8ECB-68DCA22F5468}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -26436,51 +23289,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1596015558">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -26700,75 +23553,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87D517E-5D02-41C6-8D8E-84DDCA270964}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>57443</Characters>
+  <Pages>16</Pages>
+  <Words>9464</Words>
+  <Characters>53946</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>478</Lines>
-  <Paragraphs>134</Paragraphs>
+  <Lines>449</Lines>
+  <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>67386</CharactersWithSpaces>
+  <CharactersWithSpaces>63284</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Шульгина Валентина Юрьевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>