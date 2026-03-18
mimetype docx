--- v0 (2026-02-22)
+++ v1 (2026-03-18)
@@ -1791,50 +1791,71 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000476C7" w:rsidRDefault="000476C7" w:rsidP="00CC7FC1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="006261EA" w:rsidRPr="00D04A82" w:rsidRDefault="006261EA" w:rsidP="00CC7FC1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №</w:t>
       </w:r>
       <w:r w:rsidR="000476C7">
         <w:rPr>
@@ -3684,50 +3705,71 @@
     <w:p w:rsidR="005717FC" w:rsidRPr="0003530B" w:rsidRDefault="005717FC" w:rsidP="00E0199A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A00A2" w:rsidRPr="00D04A82" w:rsidRDefault="002A00A2" w:rsidP="002A00A2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="002A00A2" w:rsidRPr="00D04A82" w:rsidRDefault="002A00A2" w:rsidP="002A00A2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №3</w:t>
       </w:r>
       <w:r w:rsidR="0093487A" w:rsidRPr="00D04A82">
         <w:rPr>
@@ -5358,50 +5400,71 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000E2BDF" w:rsidRPr="00D04A82" w:rsidRDefault="000E2BDF" w:rsidP="005E063B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0022444D" w:rsidRPr="00D04A82" w:rsidRDefault="0022444D" w:rsidP="005E063B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="0022444D" w:rsidRPr="00D04A82" w:rsidRDefault="0022444D" w:rsidP="0022444D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №4</w:t>
       </w:r>
       <w:r w:rsidR="0093487A" w:rsidRPr="00D04A82">
         <w:rPr>
@@ -7107,70 +7170,92 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00637F4C" w:rsidRPr="00D04A82" w:rsidRDefault="00637F4C" w:rsidP="00F72114">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0022444D" w:rsidRPr="00D04A82" w:rsidRDefault="0022444D" w:rsidP="005E063B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00977104" w:rsidRPr="00D04A82" w:rsidRDefault="00977104" w:rsidP="0020759B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Билет №5 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007609A1" w:rsidRPr="00D04A82" w:rsidRDefault="007609A1" w:rsidP="00977104">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Вопрос</w:t>
       </w:r>
       <w:r w:rsidR="0020759B" w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8799,50 +8884,71 @@
     <w:p w:rsidR="005E4CBB" w:rsidRPr="00D04A82" w:rsidRDefault="0020759B" w:rsidP="008C7333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Не реже одного раза в три года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C7333" w:rsidRPr="00D04A82" w:rsidRDefault="008C7333" w:rsidP="008C7333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №6 (2гр)</w:t>
       </w:r>
@@ -10381,50 +10487,71 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B3C94" w:rsidRPr="00D04A82" w:rsidRDefault="007B3C94" w:rsidP="008C7333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00637F4C" w:rsidRDefault="00637F4C" w:rsidP="00922084">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="000F56DB" w:rsidRPr="00D04A82" w:rsidRDefault="000F56DB" w:rsidP="00922084">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №7 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000F56DB" w:rsidRPr="00D04A82" w:rsidRDefault="000F56DB" w:rsidP="008C7333">
@@ -12043,50 +12170,71 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B3C94" w:rsidRDefault="007B3C94" w:rsidP="008C7333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005717FC" w:rsidRPr="00D04A82" w:rsidRDefault="005717FC" w:rsidP="008C7333">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00922084" w:rsidRPr="00D04A82" w:rsidRDefault="00922084" w:rsidP="00922084">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №8 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000F56DB" w:rsidRPr="00D04A82" w:rsidRDefault="000F56DB" w:rsidP="008C7333">
@@ -13874,70 +14022,92 @@
     </w:p>
     <w:p w:rsidR="00637F4C" w:rsidRDefault="00637F4C" w:rsidP="007B3C94">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00637F4C" w:rsidRPr="00D04A82" w:rsidRDefault="00637F4C" w:rsidP="007B3C94">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00762EFE" w:rsidRPr="00D04A82" w:rsidRDefault="00762EFE" w:rsidP="00762EFE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Билет №9 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00762EFE" w:rsidRPr="00D04A82" w:rsidRDefault="00762EFE" w:rsidP="00762EFE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Вопрос </w:t>
       </w:r>
       <w:r w:rsidR="004D1260" w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15452,11466 +15622,10779 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Диэлектрические ковры и изолирующие накладки</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006362C7" w:rsidRPr="006362C7" w:rsidRDefault="006362C7" w:rsidP="006362C7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006362C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие подставки и ручной изолированный инструмент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006362C7" w:rsidRDefault="006362C7" w:rsidP="006362C7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006362C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие клещи (штангу) с применением диэлектрических перчаток и средств защиты лица, глаз от механических воздействий и термических рисков электрической дуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006362C7" w:rsidRDefault="006362C7" w:rsidP="006362C7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301F52" w:rsidRDefault="00301F52" w:rsidP="006362C7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006362C7" w:rsidRPr="006362C7" w:rsidRDefault="006362C7" w:rsidP="006362C7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="006362C7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>Билет №10 (2гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какие действия оказывающего помощь не относятся к мероприятиям по подробному осмотру и опросу пострадавшего в целях выявления признаков травм, ранений, отравлений, укусов или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ужаливаний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ядовитых животных, поражений, вызванных механическими, химическими, электрическими, термическими поражающими факторами, воздействием излучения, и других состояний, угрожающих его жизни и здоровью, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осмотр пострадавшего на наличие кровотечений; 2) прекращение воздействия опасных химических веществ на пострадавшего проведением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>клистирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>; 3) наложение гипсовых повязок при повреждении конечностей; 4) накрыть сухой чистой тканью, поверх ткани на 20-30 мин. приложить холод</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) опрос пострадавшего; 2) проведение осмотра головы; 3) проведение осмотра шеи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033400F" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) проведение осмотра груди; 5) проведение осмотра спины; 6) проведение осмотра живота и таза; 7) проведение осмотра конечностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Что является определением термина «Заземлитель», согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проводящая часть, не являющаяся частью электроустановки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проводящая часть или совокупность соединенных между собой проводящих частей, находящихся в электрическом контакте с землей непосредственно или через промежуточную проводящую среду</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторонняя проводящая часть, находящаяся в электрическом контакте с землей непосредственно или через промежуточную проводящую среду, используемая для целей заземления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие мероприятия необходимо учитывать при оформлении перечня работ, выполняемых в порядке текущей эксплуатации, согласно Правилам по охране труда при эксплуатации электроустановок, утверждённым приказом Минтруда России от 15.12.2020 г. № 903н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только квалификацию персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только степень важности электроустановки в целом или ее отдельных элементов в технологическом процессе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Необходимо учитывать все перечисленные мероприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только условия безопасности и возможности единоличного выполнения конкретных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07013" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кто утверждает порядок проведения работы с персоналом в организации, согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с персоналом в организациях электроэнергетики РФ, утверждённым Приказом Министерства энергетики РФ от 22.09.2020 г. № 796?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководитель организации или уполномоченным им должностным лицом организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инспектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ростехнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ответственный за электрохозяйство Потребителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федеральный орган исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07013" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Что понимается под термином "электротермические установки" согласно Правилам технической эксплуатации электроустановок потребителей электрической энергии, утвержденным приказом Министерства энергетики Российской Федерации от 12 августа 2022 № 811?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комплекс взаимосвязанного оборудования, устройств, зданий и сооружений, предназначенных для производства или преобразования, передачи, накопления, распределения или потребления электрической энергии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Установки, в которых электрическая энергия используется для нагрева изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электротехническое устройство, способное обеспечивать подачу электрической энергии с соответствующими параметрами для претворения ее в необходимое количество тепла в зоне плавления или нагревания металла до пластического состояния с целью выполнения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>электротехнологических</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процессов сварки, наплавления, резки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07013" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Что представляет собой электропроводка согласно Правилам технической эксплуатации электроустановок потребителей электрической энергии, утвержденным приказом Министерства энергетики Российской Федерации от 12 августа 2022 № 811?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совокупность проводов и кабелей с относящимися к ним креплениями, установочными и защитными деталями, проложенных по поверхности или внутри конструктивных строительных элементов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совокупность проводов и кабелей с относящимися к ним креплениями, установочными и защитными деталями, проложенных по поверхности конструктивных строительных элементов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совокупность проводов и кабелей с относящимися к ним креплениями, установочными и защитными деталями, проложенных внутри конструктивных строительных элементов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07013" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00236E69" w:rsidRPr="00236E69" w:rsidRDefault="00236E69" w:rsidP="00236E69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236E69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие изолирующие электрозащитные средства необходимо использовать при снятии и установке предохранителей под напряжением в электроустановках выше 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00236E69" w:rsidRPr="00236E69" w:rsidRDefault="00236E69" w:rsidP="00236E69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236E69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Диэлектрические ковры и изолирующие накладки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00236E69" w:rsidRPr="00236E69" w:rsidRDefault="00236E69" w:rsidP="00236E69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006362C7">
+      <w:r w:rsidRPr="00236E69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Изолирующие подставки и ручной изолированный инструмент</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006362C7" w:rsidRDefault="006362C7" w:rsidP="006362C7">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00236E69" w:rsidRPr="00236E69" w:rsidRDefault="00236E69" w:rsidP="00236E69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006362C7">
+      <w:r w:rsidRPr="00236E69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Изолирующие клещи (штангу) с применением диэлектрических перчаток и средств защиты лица, глаз от механических воздействий и термических рисков электрической дуги</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006362C7" w:rsidRDefault="006362C7" w:rsidP="006362C7">
-[...890 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="006362C7">
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="00236E69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07013" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Что является определением термина «Естественный заземлитель», согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проводящая часть или совокупность соединенных между собой проводящих частей, находящихся в электрическом контакте с землей непосредственно или через промежуточную проводящую среду</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проводящая часть, не являющаяся частью электроустановки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторонняя проводящая часть, находящаяся в электрическом контакте с землей непосредственно или через промежуточную проводящую среду, используемая для целей заземления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="003510B1" w:rsidP="0054348E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07013" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003510B1" w:rsidRPr="00D04A82" w:rsidRDefault="003510B1" w:rsidP="003510B1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Кем выполняется подготовка рабочего места для выполнения строительно-монтажных работ, согласно Правилам по охране труда при эксплуатации электроустановок, утверждённым приказом Минтруда России от 15.12.2020 г. № 903н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003510B1" w:rsidRPr="00D04A82" w:rsidRDefault="003510B1" w:rsidP="003510B1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работниками организации-владельца электроустановки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003510B1" w:rsidRPr="00D04A82" w:rsidRDefault="003510B1" w:rsidP="003510B1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работниками строительно-монтажной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="003510B1" w:rsidP="003510B1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работниками строительно-монтажной организации и организации-владельца электроустановок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="003510B1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07013" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Допустимо ли пребывание одного или нескольких членов бригады отдельно от производителя работ в случае рассредоточения членов бригады по разным рабочим местам, согласно Правилам по охране труда при эксплуатации электроустановок, утверждённым приказом Минтруда России от 15.12.2020 г. № 903н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Недопустимо в любом случае</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допустимо в любом случае</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допустимо, при наличии у членов бригады III группы по электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003510B1" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допустимо, при проведении соответствующего инструктажа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00E07013">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D04A82">
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00E07013">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Билет №10 (2гр)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00E07013">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00E07013">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00E07013">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E07013" w:rsidRPr="00D04A82" w:rsidRDefault="00E07013" w:rsidP="00E07013">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №11 (2гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E07013" w:rsidRPr="00D04A82" w:rsidRDefault="00E07013" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Какие действия оказывающего помощь не относятся к мероприятиям по подробному осмотру и опросу пострадавшего в целях выявления признаков травм, ранений, отравлений, укусов или </w:t>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В каком случае допускается оказание первой помощи, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По окончании проведения сердечно-легочной реанимации и появления признаков жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если отсутствует выраженный до начала оказания первой помощи отказ гражданина или его законного представителя от оказания первой помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> После осмотра пострадавшего и временной остановки наружного кровотечения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E55FB" w:rsidRPr="00D04A82" w:rsidRDefault="009E55FB" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Все ответы неверны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="009E55FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие средства могут использоваться при оказании первой помощи, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Укладки, наборы, комплекты и аптечки для оказания первой помощи с применением медицинских изделий и (или) лекарственных препаратов, требования к комплектации которых утверждаются Министерством здравоохранения Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подручные средства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E07013" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оба ответа верны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D61ED7" w:rsidRPr="00D61ED7" w:rsidRDefault="00D61ED7" w:rsidP="00D61ED7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие запрещающие плакаты вывешиваются на приводах коммутационных аппаратов во избежание подачи напряжения на рабочее место при проведении ремонта или планового осмотра оборудования?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D61ED7" w:rsidRPr="00D61ED7" w:rsidRDefault="00D61ED7" w:rsidP="00D61ED7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>«Не включать! Работают люди»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D61ED7" w:rsidRPr="00D61ED7" w:rsidRDefault="00D61ED7" w:rsidP="00D61ED7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>«Не открывать! Работают люди»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D61ED7" w:rsidRPr="00D61ED7" w:rsidRDefault="00D61ED7" w:rsidP="00D61ED7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>«Работа под напряжением! Повторно не включать!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="00D61ED7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Для чего предназначено освещение безопасности, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для продолжения работы при аварийном отключении рабочего освещения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Для освещение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территории в нерабочее время</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для установки вдоль границ территорий, охраняемых специальным персоналом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для обеспечения освещения вне производственных помещений</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0199A" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>На кого распространяются Правила по охране труда при эксплуатации электроустановок, утверждённые приказом Минтруда России от 15.12.2020 г. № 903н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На работников промышленных предприятий, в составе которых имеются электроустановки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На работников организаций независимо от форм собственности и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>организационно-правовых форм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и других физических лиц, занятых техническим обслуживанием электроустановок, проводящих в них оперативные переключения, организующих и выполняющих испытания и измерения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На работодателей - юридических и физических лиц независимо от их организационно-правовых форм и работников из числа электротехнического, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>ужаливаний</w:t>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>электротехнологического</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>неэлектротехнического</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="004E7183" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На работников всех организаций независимо от формы собственности, занятых техническим обслуживанием электроустановок и выполняющих в них строительные, монтажные и ремонтные работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004405C2" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="004E7183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каким образом фиксируются результаты проверки знаний, согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с персоналом в организациях электроэнергетики РФ, утверждённым Приказом Министерства энергетики РФ от 22.09.2020 г. № 796?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) осмотр пострадавшего на наличие кровотечений; 2) прекращение воздействия опасных химических веществ на пострадавшего проведением </w:t>
+        <w:t xml:space="preserve"> Формируется приказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оформляется протоколом проверки знаний и удостоверением и фиксируется в журнале учета проверки знаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Формируется акт о проведении и получении соответствующих результатов работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7183" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма удостоверения приведена в приложении № 5 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Кем проводится присвоение I группы по электробезопасности?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, имеющего группу III по электробезопасности или специалистом по охране труда, имеющим группу IV по электробезопасности или выше, назначенным распоряжением руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, имеющего группу IV по электробезопасности, назначенным распоряжением руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, прошедшего проверку знаний в комиссии территориального органа </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>клистирования</w:t>
+        <w:t>Ростехнадзора</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>; 3) наложение гипсовых повязок при повреждении конечностей; 4) накрыть сухой чистой тканью, поверх ткани на 20-30 мин. приложить холод</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Кто имеет право проводить обслуживание аккумуляторных батарей и зарядных устройств?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специально обученный персонал, имеющий II группу по электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) опрос пострадавшего; 2) проведение осмотра головы; 3) проведение осмотра шеи</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0033400F" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> Любой работник из числа электротехнического персонала, имеющий III группу по электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4) проведение осмотра груди; 5) проведение осмотра спины; 6) проведение осмотра живота и таза; 7) проведение осмотра конечностей.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> Специально обученный персонал, имеющий III группу по электробезопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как часто должна проводиться очередная проверка знаний для административно-технического персонала, не связанного непосредственно с организацией эксплуатации и проведением работ в электроустановках? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в три года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в два года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в 18 месяцев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Где проводится проверка знаний работников Потребителя, численность которых не позволяет создать собственную комиссию? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии родственной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территориальной комиссии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ростехнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательных учреждениях, без привлечения инспектора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ростехнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ответственному за электрохозяйство разрешается единолично проводить проверку знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009359D2" w:rsidRDefault="009359D2" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №12 (2гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00902745" w:rsidRPr="00902745" w:rsidRDefault="00902745" w:rsidP="00902745">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00902745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие изолирующие электрозащитные средства необходимо использовать при снятии и установке предохранителей под напряжением в электроустановках выше 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00902745" w:rsidRPr="00902745" w:rsidRDefault="00902745" w:rsidP="00902745">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Диэлектрические ковры и изолирующие накладки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00902745" w:rsidRPr="00902745" w:rsidRDefault="00902745" w:rsidP="00902745">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие подставки и ручной изолированный инструмент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00902745" w:rsidRPr="00902745" w:rsidRDefault="00902745" w:rsidP="00902745">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие клещи (штангу) с применением диэлектрических перчаток и средств защиты лица, глаз от механических воздействий и термических рисков электрической дуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="00902745">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
-[...19 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какую подготовку необходимо иметь работникам, принимаемым для выполнения работ в электроустановках? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проводящая часть, не являющаяся частью электроустановки</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> Высшее техническое образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проводящая часть или совокупность соединенных между собой проводящих частей, находящихся в электрическом контакте с землей непосредственно или через промежуточную проводящую среду</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> Профессиональную подготовку и квалификацию, соответствующую характеру работы и выполняемым должностным обязанностям (трудовым функциям)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сторонняя проводящая часть, находящаяся в электрическом контакте с землей непосредственно или через промежуточную проводящую среду, используемая для целей заземления.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Средне-техническое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подготовки не требуется, т.к. обучение во время выполнения профессиональных обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
-[...19 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каким образом выставляется итоговая оценка при прохождении проверки знаний с использованием программного обеспечения и получения неудовлетворительной оценки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>автоэкзаменатора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Только квалификацию персонала</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> Устанавливаться комиссией по проверке знаний по результатам устного опроса работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Только степень важности электроустановки в целом или ее отдельных элементов в технологическом процессе</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> Проводится дополнительное тестирование знаний с использованием программного обеспечения через 3 дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Необходимо учитывать все перечисленные мероприятия</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
+        <w:t xml:space="preserve"> Проводится дополнительное тестирование знаний с использованием программного обеспечения через 7 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Только условия безопасности и возможности единоличного выполнения конкретных работ.</w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">Кто утверждает порядок проведения работы с персоналом в организации, согласно </w:t>
+        <w:t xml:space="preserve"> Проводится дополнительное тестирование знаний с использованием программного обеспечения через 10 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В каком случае при проверке знаний работнику устанавливается оценка «неудовлетворительно»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 70%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 80%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 90%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="002276FC" w:rsidP="002276FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>У кого могут быть на учете ключи от электроустановок, не имеющих местного оперативного персонала?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У административно-технического персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У руководящих работников и специалистов организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У специалистов по охране труда организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие работники могут выполнять единоличный осмотр электроустановок, электротехнической части технологического оборудования напряжением до 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник из числа ремонтного персонала, имеющий группу не ниже III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник из числа административно-технического персонала, имеющий группу IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник, имеющий группу III и право единоличного осмотра на основании письменного распоряжения руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002276FC" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник из числа оперативного персонала, имеющий группу по электробезопасности не ниже III, осуществляющий оперативное обслуживание данной электроустановки, находящийся на дежурстве, либо работник из числа административно-технического персонала, имеющий группу IV по электробезопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Кем проводится присвоение I группы по электробезопасности?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, имеющего группу III по электробезопасности или специалистом по охране труда, имеющим группу IV по электробезопасности или выше, назначенным распоряжением руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, имеющего группу IV по электробезопасности, назначенным распоряжением руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="00EF4C8C" w:rsidP="00EF4C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, прошедшего проверку знаний в комиссии территориального органа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ростехнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Перечислите состояния, при которых не оказывается первая помощь в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отсутствие сознания, остановка дыхания и кровообращения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наружные кровотечения, травмы, ранения и поражения, вызванные механическими, химическими, электрическими, термическими поражающими факторами, воздействием излучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Степень сильного алкогольного опьянения, нарушение координации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF4C8C" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> все ответы неверны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С какой периодичностью руководитель организации должен обеспечивать проведение проверки работоспособности систем и средств противопожарной защиты объекта? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверка работоспособности проводится только после ремонта водопроводной сети </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверка работоспособности проводится только после подключения новых потребителей к водопроводной сети </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверка работоспособности проводится не реже 1 раза в квартал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проверка работоспособности проводится не реже 1 раза в год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В каких случаях допускается размещение встроенных и пристроенных подстанций с использованием сухих трансформаторов в жилых зданиях при выполнении в полном объеме санитарных требований по ограничению уровня шума и вибрации в соответствии с действующими стандартами, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Правилам работы</w:t>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> любых случаях по согласованию с управляющей компанией или ТСЖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> любых случаях по согласованию с органами муниципальной власти</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В исключительных случаях по согласованию с жильцами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="001F7C64" w:rsidP="001F7C64">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В исключительных случаях по согласованию с органами государственного надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7C64" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №13 (2гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006004E6" w:rsidRPr="006004E6" w:rsidRDefault="006004E6" w:rsidP="006004E6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006004E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие запрещающие плакаты вывешиваются на приводах коммутационных аппаратов во избежание подачи напряжения на рабочее место при проведении ремонта или планового осмотра оборудования?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006004E6" w:rsidRPr="006004E6" w:rsidRDefault="006004E6" w:rsidP="006004E6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Руководитель организации или уполномоченным им должностным лицом организации.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006004E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>«Не включать! Работают люди»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006004E6" w:rsidRPr="006004E6" w:rsidRDefault="006004E6" w:rsidP="006004E6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006004E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>«Не открывать! Работают люди»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006004E6" w:rsidRPr="006004E6" w:rsidRDefault="006004E6" w:rsidP="006004E6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006004E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>«Работа под напряжением! Повторно не включать!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="006004E6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>На какие виды делится аварийное освещение, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дежурное освещение и эвакуационное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Инспектор </w:t>
+        <w:t xml:space="preserve"> Общее освещение и сигнальное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Освещение безопасности и эвакуационное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рабочее освещение и комбинированное освещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Допускается ли прохождение воздушной линии электропередачи по территории стадионов, учебных и детских учреждений, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается при согласовании с территориальными органами </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Ростехнадзора</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D04A82">
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00241616" w:rsidP="00241616">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается при соответствующем обосновании в рабочей документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F903F0" w:rsidRPr="00D04A82" w:rsidRDefault="00F903F0" w:rsidP="00F903F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F903F0" w:rsidRPr="00D04A82" w:rsidRDefault="00F903F0" w:rsidP="00F903F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как часто должна проводиться очередная проверка знаний для административно-технического персонала, не связанного непосредственно с организацией эксплуатации и проведением работ в электроустановках? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F903F0" w:rsidRPr="00D04A82" w:rsidRDefault="00F903F0" w:rsidP="00F903F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в три года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F903F0" w:rsidRPr="00D04A82" w:rsidRDefault="00F903F0" w:rsidP="00F903F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в два года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F903F0" w:rsidRPr="00D04A82" w:rsidRDefault="00F903F0" w:rsidP="00F903F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в 18 месяцев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00241616" w:rsidRPr="00D04A82" w:rsidRDefault="00F903F0" w:rsidP="00F903F0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже одного раза в 12 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F92D21" w:rsidRPr="00D04A82" w:rsidRDefault="00F92D21" w:rsidP="00F92D21">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F92D21" w:rsidRPr="00D04A82" w:rsidRDefault="00F92D21" w:rsidP="00F92D21">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как часто должны пересматриваться производственные инструкции по эксплуатации электроустановок? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F92D21" w:rsidRPr="00D04A82" w:rsidRDefault="00F92D21" w:rsidP="00F92D21">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Периодически, один раз в год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F92D21" w:rsidRPr="00D04A82" w:rsidRDefault="00F92D21" w:rsidP="00F92D21">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае изменений условий эксплуатации, но не реже одного раза в три года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F903F0" w:rsidRPr="00D04A82" w:rsidRDefault="00F92D21" w:rsidP="00F92D21">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Периодически, но не реже одного раза в пять лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кем должны быть утверждены годовые планы (графики) по ремонту основного оборудования электроустановок согласно Правилам технической эксплуатации электроустановок потребителей электрической энергии, утвержденным приказом Министерства энергетики Российской Федерации от 12 августа 2022 № 811?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Директором организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уполномоченным должностным лицом потребителя (его филиала) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Главным инженером</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F92D21" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководителем службы охраны труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие вопрос</w:t>
+      </w:r>
+      <w:r w:rsidR="005717FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ы включает программа планового -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>производственного инструктажа?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Особенности и режимы эксплуатации оборудования в период его пуска, нормальной работы, останова, консервации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Принципы работы оборудования и устройств (комплексов) РЗА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вопросы управления электроэнергетическим режимом и иные технологические вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77A5" w:rsidRPr="00D04A82" w:rsidRDefault="001D77A5" w:rsidP="001D77A5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Все перечисленное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C601C3" w:rsidRPr="00D04A82" w:rsidRDefault="00C601C3" w:rsidP="00C601C3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C601C3" w:rsidRPr="00D04A82" w:rsidRDefault="00C601C3" w:rsidP="00C601C3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Что является подтверждением проведения и получения целевого инструктажа членами бригады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C601C3" w:rsidRPr="00D04A82" w:rsidRDefault="00C601C3" w:rsidP="00C601C3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подписи членов бригады в таблицах регистрации целевых инструктажей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C601C3" w:rsidRPr="00D04A82" w:rsidRDefault="00C601C3" w:rsidP="00C601C3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подписи ответственного руководителя работ в таблицах регистрации целевых инструктажей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C601C3" w:rsidRPr="00D04A82" w:rsidRDefault="00C601C3" w:rsidP="00C601C3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Запись в таблице регистрации целевого инструктажа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Каким образом производится присвоение группы I персоналу, усвоившему требования по электробезопасности?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Путем проведения инструктажа с последующим проведением экзамена с использованием компьютерной техники</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение группы I по электробезопасности производится путем проведения инструктажа, который должен завершаться проверкой знаний в форме устного опроса и (при необходимости) проверкой приобретенных навыков безопасных способов работы и оказания первой помощи при поражении электрическим током</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C601C3" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Путем проведения инструктажа, а затем - прохождением стажировки не менее 5 рабочих смен с последующей проверкой приобретенных навыков безопасных способов работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Перечислите состояния, при которых не оказывается первая помощь в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отсутствие сознания, остановка дыхания и кровообращения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наружные кровотечения, травмы, ранения и поражения, вызванные механическими, химическими, электрическими, термическими поражающими факторами, воздействием излучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Степень сильного алкогольного опьянения, нарушение координации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F026C" w:rsidRPr="00D04A82" w:rsidRDefault="007F026C" w:rsidP="007F026C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> все ответы неверны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №14 (2гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Укажите последовательность действий по проведению сердечно-легочной реанимации и поддержанию проходимости дыхательных путей при наличии у пострадавшего признаков жизни (дыхания, кровообращения) и отсутствии сознания, в соответствии с приказом Минздрава России от 03.05.2024 № 220н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "выполнение мероприятий по поддержанию проходимости дыхательных путей посредством придания пострадавшему устойчивого бокового положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в случае невозможности придания устойчивого бокового положения в результате травмы или других причин - запрокидывание и удержание запрокинутой головы пострадавшего с подъемом подбородка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>вызов скорой медицинской помощи (если вызов скорой медицинской помощи не был осуществлен ранее)."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "призыв окружающих лиц (при их наличии) для содействия оказанию первой помощи, вызов скорой медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>проведение сердечно-легочной реанимации на твердой ровной поверхности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>использование автоматического наружного дефибриллятора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>при появлении у пострадавшего признаков жизни - выполнение мероприятий по поддержанию проходимости дыхательных путей"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>все ответы неверны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) убедиться в отсутствии пульса на сонной артерии; 2) убедиться в отсутствии признаков дыхания; 3) освободить грудную клетку от одежды и расстегнуть поясной ремень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В каком случае удостоверение о проверке знаний правил работы в электроустановках подлежит замене?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По истечения срока действия группы по электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае утери удостоверения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При повышении группы по электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае изменения должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Кто проводит первичный инструктаж командированному персоналу при проведении работ в электроустановках до 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник организации - владельца электроустановок из числа административно-технического персонала, имеющий группу IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник организации - владельца электроустановок из числа электротехнического персонала, имеющий группу IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник организации - владельца электроустановок из числа оперативно-ремонтного персонала, имеющий группу IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работник командирующей организации из числа административно-технического персонала, имеющий группу IV</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0199A" w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054348E" w:rsidRPr="00D04A82" w:rsidRDefault="0054348E" w:rsidP="0054348E">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какие электроустановки и электрические приборы подлежат отключению по окончании рабочего времени? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дежурное освещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Установки пожаротушения и противопожарного водоснабжения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ответственный за электрохозяйство Потребителя.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> Установки пожарной и охранно-пожарной сигнализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Федеральный орган исполнительной власти.</w:t>
-[...53 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> Электроустановки и бытовые электроприборы в помещениях, в которых по окончании рабочего времени отсутствует дежурный персонал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Укажите, как часто должны осуществляться обходы и осмотры рабочих мест уполномоченными лицами организации?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Комплекс взаимосвязанного оборудования, устройств, зданий и сооружений, предназначенных для производства или преобразования, передачи, накопления, распределения или потребления электрической энергии</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> Периодичность, порядок их организации и проведения определяет руководитель организации или уполномоченное им должностное лицо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Установки, в которых электрическая энергия используется для нагрева изделий</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> Не менее раза в месяц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Электротехническое устройство, способное обеспечивать подачу электрической энергии с соответствующими параметрами для претворения ее в необходимое количество тепла в зоне плавления или нагревания металла до пластического состояния с целью выполнения </w:t>
+        <w:t xml:space="preserve"> Не менее одного раза в 10 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>На какой персонал распространяются требования специальной подготовки?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На работников из числа диспетчерского, оперативного и оперативно-ремонтного персонала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На управленческий персонал и специалистов производственных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На ремонтный персонал, связанный с техническим обслуживанием, ремонтом, наладкой и испытанием энергоустановок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какую подготовку необходимо иметь работникам, принимаемым для выполнения работ в электроустановках? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Высшее техническое образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Профессиональную подготовку и квалификацию, соответствующую характеру работы и выполняемым должностным обязанностям (трудовым функциям)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Средне-техническое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00B8633E" w:rsidP="00B8633E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подготовки не требуется, т.к. обучение во время выполнения профессиональных обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должны ли иметь группу по электробезопасности специалисты по охране труда, контролирующие электроустановки? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нет необходимости</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не регламентируется нормативными документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543680" w:rsidRPr="00543680" w:rsidRDefault="00543680" w:rsidP="00543680">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие изолирующие электрозащитные средства необходимо использовать при выполнении операций с коммутационными аппаратами с ручным приводом в электроустановках напряжением выше 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543680" w:rsidRPr="00543680" w:rsidRDefault="000A72FC" w:rsidP="00543680">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) </w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00543680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Экранирующие комплекты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543680" w:rsidRPr="00543680" w:rsidRDefault="000A72FC" w:rsidP="00543680">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00543680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие накладки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543680" w:rsidRPr="00543680" w:rsidRDefault="000A72FC" w:rsidP="00543680">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00543680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Диэлектрические ковры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543680" w:rsidRPr="00543680" w:rsidRDefault="000A72FC" w:rsidP="00543680">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00543680" w:rsidRPr="00543680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Диэлектрические перчатки и средства защиты лица от воздействия электрической дуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Допускается ли в кабельном сооружении иметь один выход, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не допускается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45ED0" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается, но только при длине кабельного сооружения не более 25 м</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8633E" w:rsidRPr="00D04A82" w:rsidRDefault="00C45ED0" w:rsidP="00C45ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Допускается, но только длине кабельного сооружения не менее 50 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF793E" w:rsidRPr="00D04A82" w:rsidRDefault="00EF793E" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №15 (2гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF793E" w:rsidRPr="00EF793E" w:rsidRDefault="00EF793E" w:rsidP="00EF793E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF793E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие изолирующие электрозащитные средства необходимо использовать при снятии и установке предохранителей под напряжением в электроустановках выше 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF793E" w:rsidRPr="00EF793E" w:rsidRDefault="00EF793E" w:rsidP="00EF793E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF793E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Диэлектрические ковры и изолирующие накладки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF793E" w:rsidRPr="00EF793E" w:rsidRDefault="00EF793E" w:rsidP="00EF793E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF793E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие подставки и ручной изолированный инструмент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF793E" w:rsidRPr="00EF793E" w:rsidRDefault="00EF793E" w:rsidP="00EF793E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF793E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие клещи (штангу) с применением диэлектрических перчаток и средств защиты лица, глаз от механических воздействий и термических рисков электрической дуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="00EF793E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Что может быть применено для защиты при косвенном прикосновении в цепях, питающих переносные </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="14"/>
-[...2 lines deleted...]
-        <w:t>электротехнологических</w:t>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>электроприемники</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="14"/>
-[...56 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>, согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Совокупность проводов и кабелей с относящимися к ним креплениями, установочными и защитными деталями, проложенных по поверхности или внутри конструктивных строительных элементов</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> Автоматическое отключение питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>б)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Совокупность проводов и кабелей с относящимися к ним креплениями, установочными и защитными деталями, проложенных по поверхности конструктивных строительных элементов</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> Защитное электрическое разделение цепей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Совокупность проводов и кабелей с относящимися к ним креплениями, установочными и защитными деталями, проложенных внутри конструктивных строительных элементов.</w:t>
-[...53 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> Сверхнизкое напряжение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Двойная изоляция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="005A3886" w:rsidP="005A3886">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>д)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Любая из перечисленных мер защиты, в зависимости от категории помещения по уровню опасности поражения людей электрическим током.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кто проводит комплексное опробование оборудования перед приемкой в эксплуатацию электроустановок? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Организация, осуществляющая строительство и монтаж объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Организация-заказчик</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3886" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Организация-подрядчик с привлечением персонала заказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какая группа по электробезопасности должна быть у ответственного за электрохозяйство и его заместителя в электроустановках напряжением выше 1000 В? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На кого непосредственно возложены обязанности по организации проведения всех видов работ в электроустановках потребителя? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На ответственного за электрохозяйство или его заместителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На руководителя предприятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="001C6982" w:rsidP="001C6982">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На главного инженера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В каком случае при проверке знаний работнику устанавливается оценка «неудовлетворительно»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 70%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 80%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 90%</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6982" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правильных ответов от общего числа вопросов менее 100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С какой периодичностью производится проверка работоспособности систем оповещения людей о пожаре? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже 1 раза в месяц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Это должны делать ответственные за пожарную безопасность в организации каждые 6 месяцев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже 1 раза в квартал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="00F82924" w:rsidP="00F82924">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не реже 1 раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Необходима запись о допуске на подготовленное рабочее место в оперативном журнале согласно Правилам по охране труда при эксплуатации электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Да </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82924" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правилами не оговорено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Кем проводится присвоение I группы по электробезопасности?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, имеющего группу III по электробезопасности или специалистом по охране труда, имеющим группу IV по электробезопасности или выше, назначенным распоряжением руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, имеющего группу IV по электробезопасности, назначенным распоряжением руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="007B67AC" w:rsidP="007B67AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Присвоение I группы по электробезопасности проводится работником из числа электротехнического персонала, прошедшего проверку знаний в комиссии территориального органа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ростехнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Укажите последовательность действий по проведению сердечно-легочной реанимации и поддержанию проходимости дыхательных путей при наличии у пострадавшего признаков жизни (дыхания, кровообращения) и отсутствии сознания, в соответствии с приказом Минздрава России от 03.05.2024 № 220н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "выполнение мероприятий по поддержанию проходимости дыхательных путей посредством придания пострадавшему устойчивого бокового положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в случае невозможности придания устойчивого бокового положения в результате травмы или других причин - запрокидывание и удержание запрокинутой головы пострадавшего с подъемом подбородка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>вызов скорой медицинской помощи (если вызов скорой медицинской помощи не был осуществлен ранее)."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "призыв окружающих лиц (при их наличии) для содействия оказанию первой помощи, вызов скорой медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>проведение сердечно-легочной реанимации на твердой ровной поверхности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>использование автоматического наружного дефибриллятора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>при появлении у пострадавшего признаков жизни - выполнение мероприятий по поддержанию проходимости дыхательных путей."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC7283" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> все ответы неверны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B67AC" w:rsidRPr="00D04A82" w:rsidRDefault="00EC7283" w:rsidP="00EC7283">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) убедиться в отсутствии пульса на сонной артерии; 2) убедиться </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0199A" w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в отсутствии признаков дыхания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) освободить грудную клетку от одежды и расстегнуть поясной ремень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00DF0DB9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="007B3C94">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="14"/>
-[...499 lines deleted...]
-    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00E07013">
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF0DB9" w:rsidRPr="00D04A82" w:rsidRDefault="00DF0DB9" w:rsidP="00DF0DB9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...8896 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Билет №16 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF0DB9" w:rsidRPr="00D04A82" w:rsidRDefault="00DF0DB9" w:rsidP="00DF0DB9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF0DB9" w:rsidRPr="00D04A82" w:rsidRDefault="00DF0DB9" w:rsidP="00DF0DB9">
@@ -28471,70 +27954,92 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E132A7" w:rsidRDefault="00E132A7" w:rsidP="005B1F60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="005B1F60" w:rsidRPr="00D04A82" w:rsidRDefault="005B1F60" w:rsidP="005B1F60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Билет №17 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005B1F60" w:rsidRPr="00D04A82" w:rsidRDefault="005B1F60" w:rsidP="005B1F60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Вопрос 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005B1F60" w:rsidRPr="00D04A82" w:rsidRDefault="005B1F60" w:rsidP="005B1F60">
@@ -30247,70 +29752,92 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E132A7" w:rsidRDefault="00E132A7" w:rsidP="008A03B1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="008A03B1" w:rsidRPr="00D04A82" w:rsidRDefault="008A03B1" w:rsidP="008A03B1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Билет №18 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A03B1" w:rsidRPr="00D04A82" w:rsidRDefault="008A03B1" w:rsidP="000317CE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008A03B1" w:rsidRPr="00D04A82" w:rsidRDefault="008A03B1" w:rsidP="008A03B1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
@@ -31969,1989 +31496,2031 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оперативный персонал</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005717FC" w:rsidRPr="00D04A82" w:rsidRDefault="005717FC" w:rsidP="005717FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>в)</w:t>
       </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административно-ремонтный персонал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005717FC" w:rsidRPr="00D04A82" w:rsidRDefault="005717FC" w:rsidP="005717FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вспомогательный персонал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRDefault="00E0199A" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005717FC" w:rsidRPr="005717FC" w:rsidRDefault="005717FC" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6C59" w:rsidRDefault="00AB6C59" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6C59" w:rsidRPr="00D04A82" w:rsidRDefault="00AB6C59" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="00E0199A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет №19 (2гр)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Что является определением термина «Защитное электрическое разделение цепей», согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Защитное разделение электрических цепей в электроустановке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отделение одной электрической цепи от другой с помощью основной изоляции и защитного экрана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отделение одной электрической цепи от других цепей в электроустановках напряжением до 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при помощи: двойной изоляции, основной изоляции и защитного экрана, усиленной изоляции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Что является определением термина «Защитное заземление», согласно Правилам устройства электроустановок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заземление, выполняемое в целях электробезопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заземление точки или точек токоведущих частей электроустановки, выполняемое для обеспечения работы электроустановки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Преднамеренное электрическое соединение какой-либо точки сети, электроустановки или оборудования с заземляющим устройством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какая категория электротехнического персонала указана неверно? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административно-технический персонал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оперативный персонал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административно-ремонтный персонал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вспомогательный персонал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каким образом следует устанавливать дату очередной проверки знаний? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зависимости от категории персонала, связанного с эксплуатацией электроустановок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Спустя 12 месяцев с даты последней проверки знаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00C25643" w:rsidP="00C25643">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не регламентируется нормативными документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB01B0" w:rsidRPr="00D04A82" w:rsidRDefault="00FB01B0" w:rsidP="00FB01B0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB01B0" w:rsidRPr="00D04A82" w:rsidRDefault="00FB01B0" w:rsidP="00FB01B0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какое количество членов постояннодействующей комиссии должно присутствовать при проверке знаний филиала, представительства, структурного подразделения организации?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB01B0" w:rsidRPr="00D04A82" w:rsidRDefault="00FB01B0" w:rsidP="00FB01B0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее двух членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB01B0" w:rsidRPr="00D04A82" w:rsidRDefault="00FB01B0" w:rsidP="00FB01B0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее трёх членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB01B0" w:rsidRPr="00D04A82" w:rsidRDefault="00FB01B0" w:rsidP="00FB01B0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее четырёх членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C25643" w:rsidRPr="00D04A82" w:rsidRDefault="00FB01B0" w:rsidP="00FB01B0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не менее пяти членов постоянно действующей комиссии по проверке знаний филиала, представительства, структурного подразделения организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00794F5B" w:rsidRPr="00D04A82" w:rsidRDefault="00794F5B" w:rsidP="00794F5B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00794F5B" w:rsidRPr="00D04A82" w:rsidRDefault="00794F5B" w:rsidP="00794F5B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Кем утверждается график очередной проверки знаний в организации?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00794F5B" w:rsidRPr="00D04A82" w:rsidRDefault="00794F5B" w:rsidP="00794F5B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателями комиссий, в которых будет проводиться проверка знаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00794F5B" w:rsidRPr="00D04A82" w:rsidRDefault="00794F5B" w:rsidP="00794F5B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководителем организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB01B0" w:rsidRPr="00D04A82" w:rsidRDefault="00794F5B" w:rsidP="00794F5B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инспектор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ростехнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При каком условии разрешается использовать запас воды, предназначенный для нужд пожаротушения? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При условии, что вода используется для хозяйственных нужд, в количестве не более 10 литров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При условии, что вода используется для производственных целей с последующим восстановлением израсходованного количества воды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При условии, что вода используется для производственных целей в случае аварийного прекращения подачи воды по трубопроводу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00794F5B" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>г)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Использование для хозяйственных и (или) производственных целей запас воды, предназначенный для нужд пожаротушения, запрещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какую группу по электробезопасности должны иметь ответственный руководитель работ и производитель работ, имеющие право выполнения работ под напряжением на токоведущих частях, при работах в электроустановках до 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не ниже IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не ниже III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ответственный руководитель работ не ниже IV, а производитель – III.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C64388" w:rsidRPr="00C64388" w:rsidRDefault="00C64388" w:rsidP="00C64388">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C64388">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие изолирующие электрозащитные средства необходимо использовать при снятии и установке предохранителей под напряжением в электроустановках выше 1000 В?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C64388" w:rsidRPr="00C64388" w:rsidRDefault="00C64388" w:rsidP="00C64388">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64388">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Диэлектрические ковры и изолирующие накладки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C64388" w:rsidRPr="00C64388" w:rsidRDefault="00C64388" w:rsidP="00C64388">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64388">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие подставки и ручной изолированный инструмент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C64388" w:rsidRPr="00C64388" w:rsidRDefault="00C64388" w:rsidP="00C64388">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64388">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изолирующие клещи (штангу) с применением диэлектрических перчаток и средств защиты лица, глаз от механических воздействий и термических рисков электрической дуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="00C64388">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Вопрос 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Какие средства могут использоваться при оказании первой помощи, в соответствии с приказом Минздрава России от 03.05.2024 № 220н?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> укладки, наборы, комплекты и аптечки для оказания первой помощи с применением медицинских изделий и (или) лекарственных препаратов, требования к комплектации которых утверждаются Министерством здравоохранения Российской Федерации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оба ответа верны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>в)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подручные средства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6C59" w:rsidRDefault="00AB6C59" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6C59" w:rsidRPr="00D04A82" w:rsidRDefault="00AB6C59" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04A82" w:rsidRPr="00D04A82" w:rsidRDefault="00D04A82" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0199A" w:rsidRPr="00D04A82" w:rsidRDefault="00E0199A" w:rsidP="007B3C94">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A72FC" w:rsidRDefault="000A72FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="14"/>
-[...1932 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Билет №20 (2гр)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E0190" w:rsidRPr="00D04A82" w:rsidRDefault="001E0190" w:rsidP="001E0190">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="14"/>
@@ -35444,111 +35013,112 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>г)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D04A82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Класса защиты 3.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00503E73" w:rsidRPr="00D04A82" w:rsidRDefault="00503E73" w:rsidP="00503E73">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00503E73" w:rsidRPr="00D04A82">
+    <w:sectPr w:rsidR="00503E73" w:rsidRPr="00D04A82" w:rsidSect="000A72FC">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C678BD"/>
     <w:rsid w:val="000317CE"/>
     <w:rsid w:val="0003530B"/>
     <w:rsid w:val="000476C7"/>
+    <w:rsid w:val="000A72FC"/>
     <w:rsid w:val="000E2BDF"/>
     <w:rsid w:val="000F56DB"/>
     <w:rsid w:val="00177273"/>
     <w:rsid w:val="001C6982"/>
     <w:rsid w:val="001D77A5"/>
     <w:rsid w:val="001E0190"/>
     <w:rsid w:val="001F7C64"/>
     <w:rsid w:val="0020759B"/>
     <w:rsid w:val="00214C6C"/>
     <w:rsid w:val="0022444D"/>
     <w:rsid w:val="002276FC"/>
     <w:rsid w:val="00236E69"/>
     <w:rsid w:val="00241616"/>
     <w:rsid w:val="00283EE8"/>
     <w:rsid w:val="002A00A2"/>
     <w:rsid w:val="002F1737"/>
     <w:rsid w:val="00301F52"/>
     <w:rsid w:val="0033400F"/>
     <w:rsid w:val="003340B9"/>
     <w:rsid w:val="003510B1"/>
     <w:rsid w:val="003B1BB9"/>
     <w:rsid w:val="003F61DA"/>
     <w:rsid w:val="004405C2"/>
     <w:rsid w:val="00444907"/>
     <w:rsid w:val="00444914"/>
@@ -35639,51 +35209,51 @@
     <w:rsid w:val="00FB01B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2B841475"/>
+  <w14:docId w14:val="7ADEFBD2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{00F7AC5E-FE16-496F-A612-6E9533E7E2A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -36043,50 +35613,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005717FC"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
@@ -36585,73 +36156,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>79758</Characters>
+  <Pages>20</Pages>
+  <Words>13987</Words>
+  <Characters>79726</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>664</Lines>
   <Paragraphs>187</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>93563</CharactersWithSpaces>
+  <CharactersWithSpaces>93526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Шульгина Валентина Юрьевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>