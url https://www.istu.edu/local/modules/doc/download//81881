--- v0 (2025-10-28)
+++ v1 (2026-02-28)
@@ -1005,148 +1005,112 @@
       </w:r>
       <w:r w:rsidR="002F2010" w:rsidRPr="00A8009E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">по </w:t>
       </w:r>
       <w:r w:rsidR="006D5F91">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>учебной работе Смирнова Владимира Владимировича</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8009E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, действующего на основании </w:t>
       </w:r>
       <w:r w:rsidR="00062203" w:rsidRPr="00A8009E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">доверенности </w:t>
       </w:r>
-      <w:r w:rsidR="00062203">
-[...38 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="008F5567" w:rsidRPr="007160E0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>32/92 от «02» июля 2025 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00895526" w:rsidRPr="007160E0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00341B76" w:rsidRPr="00A8009E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8009E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00341B76" w:rsidRPr="00A8009E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одной </w:t>
+      </w:r>
+      <w:r w:rsidR="009F0411" w:rsidRPr="00A8009E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>стороны,</w:t>
+      </w:r>
+      <w:r w:rsidR="00355CDD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00341B76" w:rsidRPr="00A8009E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A8009E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00062203" w:rsidRPr="00062203">
-[...18 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00A8009E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidR="00341B76" w:rsidRPr="00A8009E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00353136">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00341B76" w:rsidRPr="00A8009E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8009E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -1732,50 +1696,71 @@
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidR="002005A2">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00A52B82" w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="002005A2">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> г. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5567" w:rsidRPr="007160E0" w:rsidRDefault="008F5567" w:rsidP="00E46B8B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007160E0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1.4. Место оказания услуг: учебные корпуса ИРНИТУ</w:t>
+      </w:r>
+      <w:r w:rsidR="00887364" w:rsidRPr="007160E0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00901B50" w:rsidRPr="004F2146" w:rsidRDefault="00901B50" w:rsidP="00E46B8B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="008E1E33" w:rsidP="00440F57">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -5095,98 +5080,99 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FC4124" w:rsidRPr="00337E59" w:rsidRDefault="00116C21" w:rsidP="00FA0F2A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FC4124" w:rsidRDefault="00FC4124">
+    <w:p w:rsidR="00FC4124" w:rsidRDefault="00FC4124" w:rsidP="00D34565">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC4124" w:rsidSect="00FC4124">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="426" w:right="567" w:bottom="284" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002AFF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FD3419B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3BEA1024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5628,137 +5614,142 @@
     <w:rsid w:val="00353136"/>
     <w:rsid w:val="00355CDD"/>
     <w:rsid w:val="00440F57"/>
     <w:rsid w:val="0045740D"/>
     <w:rsid w:val="00457EA6"/>
     <w:rsid w:val="004828EE"/>
     <w:rsid w:val="0049231C"/>
     <w:rsid w:val="004D1829"/>
     <w:rsid w:val="004D4061"/>
     <w:rsid w:val="004F2146"/>
     <w:rsid w:val="00511794"/>
     <w:rsid w:val="00536C7A"/>
     <w:rsid w:val="005410B4"/>
     <w:rsid w:val="005705EF"/>
     <w:rsid w:val="005851D6"/>
     <w:rsid w:val="00591AB7"/>
     <w:rsid w:val="005C6643"/>
     <w:rsid w:val="005D35CF"/>
     <w:rsid w:val="005E078C"/>
     <w:rsid w:val="005F19E3"/>
     <w:rsid w:val="006005B1"/>
     <w:rsid w:val="00615D65"/>
     <w:rsid w:val="00643720"/>
     <w:rsid w:val="006D5F91"/>
     <w:rsid w:val="006F5C0A"/>
+    <w:rsid w:val="007160E0"/>
     <w:rsid w:val="00727752"/>
     <w:rsid w:val="00761B72"/>
     <w:rsid w:val="007C190B"/>
     <w:rsid w:val="007C3402"/>
     <w:rsid w:val="007E0FDA"/>
     <w:rsid w:val="00852781"/>
     <w:rsid w:val="00853E50"/>
+    <w:rsid w:val="00887364"/>
     <w:rsid w:val="00895526"/>
     <w:rsid w:val="008A1452"/>
     <w:rsid w:val="008E1E33"/>
+    <w:rsid w:val="008F5567"/>
     <w:rsid w:val="008F7D02"/>
     <w:rsid w:val="00901B50"/>
     <w:rsid w:val="00906FA8"/>
     <w:rsid w:val="00915621"/>
     <w:rsid w:val="009163E9"/>
     <w:rsid w:val="00973890"/>
     <w:rsid w:val="00987C23"/>
     <w:rsid w:val="0099113B"/>
+    <w:rsid w:val="00996D4B"/>
     <w:rsid w:val="009D5B97"/>
     <w:rsid w:val="009F0411"/>
     <w:rsid w:val="00A13CA6"/>
     <w:rsid w:val="00A30D8A"/>
     <w:rsid w:val="00A52B82"/>
     <w:rsid w:val="00A72C15"/>
     <w:rsid w:val="00A8009E"/>
     <w:rsid w:val="00A94A74"/>
     <w:rsid w:val="00AF6E2E"/>
     <w:rsid w:val="00B251D6"/>
     <w:rsid w:val="00B30399"/>
     <w:rsid w:val="00B551AC"/>
     <w:rsid w:val="00B614BC"/>
     <w:rsid w:val="00B64716"/>
     <w:rsid w:val="00C23C67"/>
     <w:rsid w:val="00C34A6D"/>
     <w:rsid w:val="00C51B04"/>
     <w:rsid w:val="00C93E38"/>
     <w:rsid w:val="00C95312"/>
     <w:rsid w:val="00CA034B"/>
     <w:rsid w:val="00CB50C0"/>
     <w:rsid w:val="00D03EBA"/>
+    <w:rsid w:val="00D34565"/>
     <w:rsid w:val="00D36086"/>
     <w:rsid w:val="00D37488"/>
     <w:rsid w:val="00D52726"/>
     <w:rsid w:val="00D55E7C"/>
     <w:rsid w:val="00DA59FE"/>
     <w:rsid w:val="00DB111A"/>
     <w:rsid w:val="00DF10DD"/>
     <w:rsid w:val="00E073A1"/>
     <w:rsid w:val="00E143CC"/>
     <w:rsid w:val="00E14C46"/>
     <w:rsid w:val="00E42871"/>
     <w:rsid w:val="00E46B8B"/>
     <w:rsid w:val="00E552B8"/>
     <w:rsid w:val="00E848B5"/>
     <w:rsid w:val="00ED696E"/>
     <w:rsid w:val="00EE2545"/>
     <w:rsid w:val="00F27F0F"/>
     <w:rsid w:val="00F95EFD"/>
     <w:rsid w:val="00FB69E3"/>
     <w:rsid w:val="00FC4124"/>
     <w:rsid w:val="00FF264C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="57B21E1F"/>
+  <w14:docId w14:val="25428ACD"/>
   <w15:docId w15:val="{A57B68F0-81C4-4D3F-A842-E7EA4ED8204C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6701,69 +6692,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1145</Words>
-  <Characters>6528</Characters>
+  <Words>1152</Words>
+  <Characters>6569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7658</CharactersWithSpaces>
+  <CharactersWithSpaces>7706</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Гуруленко Татьяна Юрьевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>