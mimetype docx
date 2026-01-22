--- v0 (2025-10-28)
+++ v1 (2026-01-22)
@@ -1,58 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/glossary/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00990B92" w:rsidRPr="0008341A" w:rsidRDefault="001A3CC4" w:rsidP="0008341A">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>64924</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>161359</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5941695" cy="2486660"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="27940"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Группа 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -106,52 +104,50 @@
                               </w:pPr>
                               <w:r w:rsidRPr="009A66D0">
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t>МИНИСТЕРСТВО  НАУКИ</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="12"/>
                                   <w:szCs w:val="12"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">  И ВЫСШЕГО ОБРАЗОВАНИЯ РФ</w:t>
                               </w:r>
                             </w:p>
                             <w:p w:rsidR="001522A2" w:rsidRPr="00DC604D" w:rsidRDefault="001522A2" w:rsidP="001522A2">
                               <w:pPr>
                                 <w:suppressAutoHyphens/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-                              <w:bookmarkEnd w:id="0"/>
                               <w:r w:rsidRPr="00DC604D">
                                 <w:rPr>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Федеральное государственное бюджетное </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="00DC604D">
                                 <w:rPr>
                                   <w:sz w:val="14"/>
                                   <w:szCs w:val="14"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">образовательное учреждение высшего образования </w:t>
                               </w:r>
                             </w:p>
                             <w:p w:rsidR="001522A2" w:rsidRPr="00CD2305" w:rsidRDefault="001522A2" w:rsidP="001522A2">
                               <w:pPr>
                                 <w:jc w:val="center"/>
@@ -714,52 +710,50 @@
                         </w:pPr>
                         <w:r w:rsidRPr="009A66D0">
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t>МИНИСТЕРСТВО  НАУКИ</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="12"/>
                             <w:szCs w:val="12"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  И ВЫСШЕГО ОБРАЗОВАНИЯ РФ</w:t>
                         </w:r>
                       </w:p>
                       <w:p w:rsidR="001522A2" w:rsidRPr="00DC604D" w:rsidRDefault="001522A2" w:rsidP="001522A2">
                         <w:pPr>
                           <w:suppressAutoHyphens/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-                        <w:bookmarkEnd w:id="1"/>
                         <w:r w:rsidRPr="00DC604D">
                           <w:rPr>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Федеральное государственное бюджетное </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00DC604D">
                           <w:rPr>
                             <w:sz w:val="14"/>
                             <w:szCs w:val="14"/>
                           </w:rPr>
                           <w:t xml:space="preserve">образовательное учреждение высшего образования </w:t>
                         </w:r>
                       </w:p>
                       <w:p w:rsidR="001522A2" w:rsidRPr="00CD2305" w:rsidRDefault="001522A2" w:rsidP="001522A2">
                         <w:pPr>
                           <w:jc w:val="center"/>
@@ -1279,70 +1273,54 @@
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В связи с [</w:t>
       </w:r>
       <w:r w:rsidRPr="00455289">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перераспределением нагрузки / отсутствием преподавателя / выявленными ошибками / другая причина</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>] прошу внести следующие изм</w:t>
+        <w:t>] прошу внести следующие изменения в расписание занятий в АИС «Расписание», на сайте университета</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AB1E71" w:rsidRPr="00AB1E71" w:rsidRDefault="00AB1E71" w:rsidP="00AB1E71">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Дисциплину </w:t>
@@ -2176,136 +2154,135 @@
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Директор института АББР</w:t>
       </w:r>
       <w:r w:rsidR="00AB1E71">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB1E71">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00455289">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>И.О. Фамилия</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00455289" w:rsidRPr="00455289" w:rsidSect="00D652D3">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00184860" w:rsidRDefault="00184860" w:rsidP="00336C66">
+    <w:p w:rsidR="00D54B18" w:rsidRDefault="00D54B18" w:rsidP="00336C66">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00184860" w:rsidRDefault="00184860" w:rsidP="00336C66">
+    <w:p w:rsidR="00D54B18" w:rsidRDefault="00D54B18" w:rsidP="00336C66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00963673" w:rsidRPr="00455289" w:rsidRDefault="00963673" w:rsidP="002D7856">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002D7856">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>664074, г. Ир</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">кутск, ул. Лермонтова, 83, оф. </w:t>
@@ -2333,121 +2310,115 @@
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>]</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00963673" w:rsidRPr="006F5986" w:rsidRDefault="00963673" w:rsidP="002D7856">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="002D7856">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="006F5986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="002D7856">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>mail</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="006F5986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidR="00455289" w:rsidRPr="006F5986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>…</w:t>
     </w:r>
     <w:r w:rsidRPr="006F5986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>@</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="002D7856">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>istu</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="006F5986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="002D7856">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>edu</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="006F5986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00963673" w:rsidRPr="00455289" w:rsidRDefault="00963673" w:rsidP="002D7856">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002D7856">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
@@ -2462,71 +2433,71 @@
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidRPr="00FD5F1E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> (3952) 40-5</w:t>
     </w:r>
     <w:r w:rsidR="00455289" w:rsidRPr="006F5986">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>xxx</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00184860" w:rsidRDefault="00184860" w:rsidP="00336C66">
+    <w:p w:rsidR="00D54B18" w:rsidRDefault="00D54B18" w:rsidP="00336C66">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00184860" w:rsidRDefault="00184860" w:rsidP="00336C66">
+    <w:p w:rsidR="00D54B18" w:rsidRDefault="00D54B18" w:rsidP="00336C66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="044C7436"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFCAF048"/>
     <w:lvl w:ilvl="0" w:tplc="80A265B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2594,51 +2565,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15B32219"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A408A98"/>
     <w:lvl w:ilvl="0" w:tplc="A222946C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2683,51 +2654,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29C07104"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19E6D4E4"/>
     <w:lvl w:ilvl="0" w:tplc="39468DA2">
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2796,51 +2767,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36E47CD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E72010C"/>
     <w:lvl w:ilvl="0" w:tplc="ABDC97CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -2909,51 +2880,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="378F1DAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0D846D2"/>
     <w:lvl w:ilvl="0" w:tplc="BB8442F4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="356"/>
         </w:tabs>
         <w:ind w:left="356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3025,51 +2996,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5396"/>
         </w:tabs>
         <w:ind w:left="5396" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6116"/>
         </w:tabs>
         <w:ind w:left="6116" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="419B158F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80FE28B6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3111,51 +3082,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="469054AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="248A439A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -3224,51 +3195,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48AB1AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="388EF278"/>
     <w:lvl w:ilvl="0" w:tplc="BBC62D0A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="356"/>
         </w:tabs>
         <w:ind w:left="356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3340,51 +3311,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5396"/>
         </w:tabs>
         <w:ind w:left="5396" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6116"/>
         </w:tabs>
         <w:ind w:left="6116" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A4A4D84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39CE058C"/>
     <w:lvl w:ilvl="0" w:tplc="B0AC2328">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -3453,51 +3424,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A8608C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F062C28"/>
     <w:lvl w:ilvl="0" w:tplc="6F1E6418">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="356"/>
         </w:tabs>
         <w:ind w:left="356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3569,51 +3540,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5396"/>
         </w:tabs>
         <w:ind w:left="5396" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6116"/>
         </w:tabs>
         <w:ind w:left="6116" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66661340"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABA6811C"/>
     <w:lvl w:ilvl="0" w:tplc="3654B148">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1069"/>
         </w:tabs>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3685,51 +3656,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6109"/>
         </w:tabs>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6829"/>
         </w:tabs>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71411884"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E183E08"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3774,51 +3745,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="721D02A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF9C4C56"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -3887,51 +3858,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77C2196F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98D0D02A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -4000,51 +3971,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A5B42F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4342AF8C"/>
     <w:lvl w:ilvl="0" w:tplc="BDBA31C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
@@ -4139,51 +4110,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5580"/>
         </w:tabs>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E386D66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7478B15A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -4310,74 +4281,75 @@
   <w:num w:numId="11">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00455289"/>
     <w:rsid w:val="00004BF3"/>
     <w:rsid w:val="000072A7"/>
     <w:rsid w:val="000075A1"/>
     <w:rsid w:val="00013AAD"/>
     <w:rsid w:val="00033DF9"/>
     <w:rsid w:val="00043452"/>
     <w:rsid w:val="000448C7"/>
     <w:rsid w:val="00050384"/>
     <w:rsid w:val="000528B9"/>
     <w:rsid w:val="0005422A"/>
     <w:rsid w:val="000625CB"/>
     <w:rsid w:val="00063D09"/>
     <w:rsid w:val="00074CA8"/>
     <w:rsid w:val="0008341A"/>
     <w:rsid w:val="000D09D8"/>
     <w:rsid w:val="000E72C2"/>
     <w:rsid w:val="00112386"/>
     <w:rsid w:val="00114670"/>
     <w:rsid w:val="00130078"/>
     <w:rsid w:val="001369D8"/>
     <w:rsid w:val="0014310C"/>
     <w:rsid w:val="001476CD"/>
@@ -4426,50 +4398,51 @@
     <w:rsid w:val="00434380"/>
     <w:rsid w:val="00450EDD"/>
     <w:rsid w:val="004519DD"/>
     <w:rsid w:val="00455289"/>
     <w:rsid w:val="0045766A"/>
     <w:rsid w:val="00483146"/>
     <w:rsid w:val="0049522B"/>
     <w:rsid w:val="0049722B"/>
     <w:rsid w:val="004A0499"/>
     <w:rsid w:val="004C0274"/>
     <w:rsid w:val="004D5ADA"/>
     <w:rsid w:val="004D6F20"/>
     <w:rsid w:val="004E64C3"/>
     <w:rsid w:val="004F6F5B"/>
     <w:rsid w:val="00506738"/>
     <w:rsid w:val="0052274A"/>
     <w:rsid w:val="00540226"/>
     <w:rsid w:val="005471F4"/>
     <w:rsid w:val="00563296"/>
     <w:rsid w:val="00564CA2"/>
     <w:rsid w:val="0057326A"/>
     <w:rsid w:val="005777E4"/>
     <w:rsid w:val="005804DC"/>
     <w:rsid w:val="0058341B"/>
     <w:rsid w:val="005966E7"/>
+    <w:rsid w:val="00596ECF"/>
     <w:rsid w:val="005A6286"/>
     <w:rsid w:val="005B4230"/>
     <w:rsid w:val="005D0356"/>
     <w:rsid w:val="005F267E"/>
     <w:rsid w:val="005F34E4"/>
     <w:rsid w:val="005F5CC3"/>
     <w:rsid w:val="00625EB9"/>
     <w:rsid w:val="00627913"/>
     <w:rsid w:val="006317E6"/>
     <w:rsid w:val="00632250"/>
     <w:rsid w:val="00666381"/>
     <w:rsid w:val="00695144"/>
     <w:rsid w:val="00695B54"/>
     <w:rsid w:val="006A7671"/>
     <w:rsid w:val="006C4770"/>
     <w:rsid w:val="006D1495"/>
     <w:rsid w:val="006E0CD5"/>
     <w:rsid w:val="006F5986"/>
     <w:rsid w:val="006F5AC1"/>
     <w:rsid w:val="00705103"/>
     <w:rsid w:val="00707376"/>
     <w:rsid w:val="00733E36"/>
     <w:rsid w:val="007369BF"/>
     <w:rsid w:val="00741A38"/>
     <w:rsid w:val="0075653F"/>
@@ -4553,52 +4526,54 @@
     <w:rsid w:val="00BC13D9"/>
     <w:rsid w:val="00BD111B"/>
     <w:rsid w:val="00BD6119"/>
     <w:rsid w:val="00BE521E"/>
     <w:rsid w:val="00BF0283"/>
     <w:rsid w:val="00BF02B0"/>
     <w:rsid w:val="00BF4E93"/>
     <w:rsid w:val="00C117F5"/>
     <w:rsid w:val="00C14FF7"/>
     <w:rsid w:val="00C4446F"/>
     <w:rsid w:val="00C4549C"/>
     <w:rsid w:val="00C65B82"/>
     <w:rsid w:val="00C663E9"/>
     <w:rsid w:val="00C82535"/>
     <w:rsid w:val="00C933F1"/>
     <w:rsid w:val="00C94C81"/>
     <w:rsid w:val="00CA636F"/>
     <w:rsid w:val="00CB2C86"/>
     <w:rsid w:val="00CD66B8"/>
     <w:rsid w:val="00CD7543"/>
     <w:rsid w:val="00CE4ABD"/>
     <w:rsid w:val="00CE5BE6"/>
     <w:rsid w:val="00CF3CBF"/>
     <w:rsid w:val="00D06624"/>
     <w:rsid w:val="00D15DD1"/>
+    <w:rsid w:val="00D214F4"/>
     <w:rsid w:val="00D26472"/>
     <w:rsid w:val="00D343A4"/>
+    <w:rsid w:val="00D54B18"/>
     <w:rsid w:val="00D63B55"/>
     <w:rsid w:val="00D652D3"/>
     <w:rsid w:val="00D904FC"/>
     <w:rsid w:val="00D92AE0"/>
     <w:rsid w:val="00D93F5C"/>
     <w:rsid w:val="00D94367"/>
     <w:rsid w:val="00D95C80"/>
     <w:rsid w:val="00DA7DFA"/>
     <w:rsid w:val="00DC2A73"/>
     <w:rsid w:val="00DC41EB"/>
     <w:rsid w:val="00DE2AEB"/>
     <w:rsid w:val="00DE5F1B"/>
     <w:rsid w:val="00E17DC9"/>
     <w:rsid w:val="00E24F84"/>
     <w:rsid w:val="00E35A60"/>
     <w:rsid w:val="00E44617"/>
     <w:rsid w:val="00E51886"/>
     <w:rsid w:val="00E56332"/>
     <w:rsid w:val="00E61D3D"/>
     <w:rsid w:val="00E900EF"/>
     <w:rsid w:val="00E929FB"/>
     <w:rsid w:val="00EB6DCF"/>
     <w:rsid w:val="00EC0CBE"/>
     <w:rsid w:val="00EC2EAF"/>
     <w:rsid w:val="00EC3DE7"/>
@@ -4630,531 +4605,430 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{2E2DBB65-3F5A-49E4-8F2F-4B859C2F44B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...465 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007F6719"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -5300,51 +5174,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="006317E6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E900EF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="1">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -5453,598 +5327,623 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="923950485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14A3912B063E417290D050B19C8D4C99"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0600B905-DEBC-4275-A2B2-F39737DD36C3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00211888" w:rsidRDefault="00EE47DA">
           <w:pPr>
             <w:pStyle w:val="14A3912B063E417290D050B19C8D4C99"/>
           </w:pPr>
           <w:r w:rsidRPr="00EE5811">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>[Название]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00211888"/>
     <w:rsid w:val="00211888"/>
+    <w:rsid w:val="00A07996"/>
     <w:rsid w:val="00EE47DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...338 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14A3912B063E417290D050B19C8D4C99">
     <w:name w:val="14A3912B063E417290D050B19C8D4C99"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -6261,81 +6160,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>106</Words>
-  <Characters>608</Characters>
+  <Words>101</Words>
+  <Characters>580</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ПРЕДСТАВЛЕНИЕ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ИрГТУ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>713</CharactersWithSpaces>
+  <CharactersWithSpaces>680</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ПРЕДСТАВЛЕНИЕ</dc:title>
   <dc:subject>Об изменении расписания</dc:subject>
   <dc:creator>Красноштанов СЮ</dc:creator>
   <cp:keywords>расписание</cp:keywords>
   <dc:description>Представление на изменение расписания</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>