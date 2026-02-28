--- v0 (2025-10-28)
+++ v1 (2026-02-28)
@@ -1,49 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00A14874" w:rsidRDefault="00A14874" w:rsidP="00A14874">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Источник финансирования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">:                                                            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
@@ -266,60 +265,58 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00A14874" w:rsidRDefault="00A14874">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00A14874" w:rsidRDefault="00A14874">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1582,453 +1579,632 @@
       <w:r w:rsidR="006F5C0A" w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключили настоящий гражданско-правовой договор на условиях почасовой оплаты об оказании услуг о нижеследующем:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="008E1E33" w:rsidP="00C23C67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1. Предмет договора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0031043A" w:rsidRPr="004F2146" w:rsidRDefault="008E1E33" w:rsidP="00C23C67">
+    <w:p w:rsidR="0031043A" w:rsidRDefault="008E1E33" w:rsidP="007A3565">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. По договору возмездного оказания услуг Исполнитель обязуется по заданию Заказчика </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6643" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>оказать услуги по учебной работе</w:t>
+      </w:r>
+      <w:r w:rsidR="00536C7A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на кафедре __________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6643" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а Заказчик обязуется оплатить оказанные услуги в соответствии с настоящим договором. Объем часов и вид учебной нагрузки </w:t>
+      </w:r>
+      <w:r w:rsidR="00E848B5" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">устанавливается индивидуальным </w:t>
+      </w:r>
+      <w:r w:rsidR="00010BD5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>распределением нагрузки</w:t>
+      </w:r>
+      <w:r w:rsidR="007A3565">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3565" w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которое хранится в структурном </w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14" w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделении, </w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00010BD5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00536C7A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>составляет_____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00010BD5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D87A98" w:rsidRPr="00036F14" w:rsidRDefault="00D87A98" w:rsidP="007A3565">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2483" w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место оказания услуг: учебные корпуса ИРНИТУ, в соответствии с расписанием учебных занятий, размещенном на сайте университета </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="004C2483" w:rsidRPr="00036F14">
+          <w:rPr>
+            <w:rStyle w:val="af"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.istu.edu/schedule/»</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E04EB3" w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="00D87A98" w:rsidP="00C23C67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F2146">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">1.1. По договору возмездного оказания услуг Исполнитель обязуется по заданию Заказчика </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1.3</w:t>
+      </w:r>
+      <w:r w:rsidR="0031043A" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005C6643" w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>оказать услуги по учебной работе</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> на кафедре __________________________________________________________________</w:t>
+        <w:t xml:space="preserve">Оказание услуг </w:t>
+      </w:r>
+      <w:r w:rsidR="00E848B5" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>подтверждается</w:t>
       </w:r>
       <w:r w:rsidR="005C6643" w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, а Заказчик обязуется оплатить оказанные услуги в соответствии с настоящим договором. Объем часов и вид учебной нагрузки </w:t>
+        <w:t xml:space="preserve"> ведомостью выполнения </w:t>
       </w:r>
       <w:r w:rsidR="00E848B5" w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">устанавливается индивидуальным </w:t>
+        <w:t>учебной нагрузки</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6643" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по кафедре </w:t>
+      </w:r>
+      <w:r w:rsidR="00852781">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>и актом</w:t>
+      </w:r>
+      <w:r w:rsidR="00E143CC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сдачи-приемки выполненных работ (</w:t>
       </w:r>
       <w:r w:rsidR="00010BD5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">распределением нагрузки и </w:t>
-[...5 lines deleted...]
-        <w:t>составляет_____________________________________________________________________________</w:t>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00E143CC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6643" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="00D87A98" w:rsidP="00E46B8B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1.4</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1E33" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Срок </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6643" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>оказания услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1E33" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с «___»____</w:t>
       </w:r>
       <w:r w:rsidR="00010BD5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>часов.</w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> сдачи-приемки выполненных работ (</w:t>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1E33" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>_ 20___ г. до «____ » ___</w:t>
       </w:r>
       <w:r w:rsidR="00010BD5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>услуг</w:t>
-[...55 lines deleted...]
-        </w:rPr>
         <w:t>__________</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F2146">
+      <w:r w:rsidR="008E1E33" w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">_  20____ г. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="008E1E33" w:rsidP="00440F57">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="008E1E33" w:rsidP="00C23C67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2.1.  Исполнитель обязан:</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRPr="002F5012" w:rsidRDefault="008E1E33" w:rsidP="00036F14">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1.1. Оказать Услуги надлежащего качества в соответствии с требованиями законодательства РФ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14" w:rsidRPr="00BB1ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а также правилами техники безопасности и пропускного режима, действующими на территории Заказчика</w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="008E1E33" w:rsidP="00C23C67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>2.1.1. Оказать Услуги надлежащего качества в соответствии с требованиями законодательства РФ, локальными нормативными актами Заказчика.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008E1E33" w:rsidRPr="004F2146" w:rsidRDefault="008E1E33" w:rsidP="00C23C67">
+        <w:t>2.1.2. Оказать Услуги в полном объеме в срок, указанный в п. 1.3. настоящего договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E1E33" w:rsidRDefault="008E1E33" w:rsidP="00C23C67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>2.1.2. Оказать Услуги в полном объеме в срок, указанный в п. 1.3. настоящего договора.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008E1E33" w:rsidRDefault="008E1E33" w:rsidP="00C23C67">
+        <w:t>2.1.3. Безвозмездно исправить по требованию Заказчика все выявленные недостатки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006005B1" w:rsidRPr="004F2146" w:rsidRDefault="006005B1" w:rsidP="00C23C67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2.1.4. Исполнитель обязан выполнить работу лично.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C6643" w:rsidRDefault="005C6643" w:rsidP="00C23C67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>2.1.3. Безвозмездно исправить по требованию Заказчика все выявленные недостатки.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006005B1" w:rsidRPr="004F2146" w:rsidRDefault="006005B1" w:rsidP="00C23C67">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0031043A" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="006005B1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0031043A" w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>. Предоставить Заказчику</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при заключении настоящего договора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94A74" w:rsidRPr="004F2146" w:rsidRDefault="00A94A74" w:rsidP="00A94A74">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>- копию паспорта</w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14" w:rsidRPr="00BB1ED8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>копия снимается только для целей кадрового/бухгалтерского учета и не хранится избыточно</w:t>
+      </w:r>
+      <w:r w:rsidR="00036F14">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C6643" w:rsidRPr="004F2146" w:rsidRDefault="005C6643" w:rsidP="00C23C67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>- копию диплома о наличии высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C6643" w:rsidRDefault="005C6643" w:rsidP="00C23C67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2146">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>- копию документа, подтверждающего наличие ученой степени/ученого звания (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B16797" w:rsidRPr="00B16797" w:rsidRDefault="00CC0CE7" w:rsidP="00A94A74">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>2.1.4. Исполнитель обязан выполнить работу лично.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005C6643" w:rsidRDefault="005C6643" w:rsidP="00C23C67">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16797" w:rsidRPr="00B16797">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справку об отсутствии судимости с МФЦ/МВД (с синей печатью) или в электронном виде 2 файла (PDF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B16797" w:rsidRPr="00B16797">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>и .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B16797" w:rsidRPr="00B16797">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>sig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B16797" w:rsidRPr="00B16797">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94A74" w:rsidRPr="00036F14" w:rsidRDefault="00A94A74" w:rsidP="00A94A74">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справку с места работы с указанием должности и стажа работы в профильной организации по </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A94A74" w:rsidRDefault="00A94A74" w:rsidP="00A94A74">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  профилю образовательной программы</w:t>
+      </w:r>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00A94A74" w:rsidRPr="004F2146" w:rsidRDefault="00A94A74" w:rsidP="00A94A74">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7027" w:rsidRPr="004F2146" w:rsidRDefault="002A7027" w:rsidP="00A94A74">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F2146">
-[...40 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">- справку с места работы с указанием должности и стажа работы в профильной организации по </w:t>
-[...28 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- информацию о замещении должности </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A7027">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00036F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>государственной или муниципальной службы, перечень которых устанавливается нормативными правовыми актами Российской Федерации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C6643" w:rsidRPr="004F2146" w:rsidRDefault="005C6643" w:rsidP="00C23C67">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>- копию свидетельства ИНН;</w:t>
       </w:r>
     </w:p>
@@ -2208,102 +2384,157 @@
         </w:rPr>
         <w:t>, предупредив Исполнителя за 10 (десять) календарных дней</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, уплатив Исполнителю </w:t>
       </w:r>
       <w:r w:rsidR="00B551AC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>стоимость фактически</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказанных услуг, выполненных до получения извещения об отказе Заказчика от выполнения договора Исполнителем.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRPr="002F5012" w:rsidRDefault="00036F14" w:rsidP="00036F14">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF70D1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>За неисполнение или ненадлежащее исполнение обязательств стороны несут ответственность в соответствии с законодательством РФ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="00C23C67">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0045200B" w:rsidRDefault="0045200B" w:rsidP="008E1E33">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0045200B" w:rsidRDefault="0045200B" w:rsidP="008E1E33">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="008E1E33" w:rsidRDefault="008E1E33" w:rsidP="008E1E33">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00440F57">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3. Вознаграждение по договору и порядок расчета</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B7FAB" w:rsidRDefault="0031043A" w:rsidP="000B7FAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
       <w:r w:rsidR="008E1E33">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00906FA8" w:rsidRPr="00906FA8">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Оплата оказанных услуг производится за фактически выполненный Исполнителем объем оказанных </w:t>
       </w:r>
       <w:r w:rsidR="00906FA8" w:rsidRPr="004F2146">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>услуг по цене</w:t>
       </w:r>
       <w:r w:rsidR="00536C7A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -2390,62 +2621,81 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000B7FAB" w:rsidRPr="007B62BD">
         <w:rPr>
           <w:rStyle w:val="FontStyle35"/>
         </w:rPr>
         <w:t xml:space="preserve">от </w:t>
       </w:r>
       <w:r w:rsidR="00EC2B20">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>«28» августа 2025 г. № 54/5</w:t>
       </w:r>
       <w:r w:rsidR="000B7FAB" w:rsidRPr="007B62BD">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-опл</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B7FAB">
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B7FAB" w:rsidRPr="007B62BD">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>опл</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FAB">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">  «Об установлении стоимости почасовой оплаты труда».</w:t>
+        <w:t xml:space="preserve">  «</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B7FAB">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Об установлении стоимости почасовой оплаты труда».</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008F7D02" w:rsidRDefault="008F7D02" w:rsidP="000B7FAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Оплата осуществляется путем перечисления на расчетный счет Исполнителя, указанный в настоящем договоре, или наличными через кассу университета, в течение 30 календарных дней </w:t>
       </w:r>
       <w:r w:rsidRPr="007C3402">
         <w:rPr>
           <w:bCs/>
@@ -2479,73 +2729,70 @@
       </w:r>
       <w:r w:rsidRPr="004F2146">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE2545">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акты </w:t>
       </w:r>
       <w:r w:rsidR="00EE2545" w:rsidRPr="00EE2545">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>сдачи-приемки выполненных работ (услуг</w:t>
       </w:r>
       <w:r w:rsidR="00EE2545">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>) могут составляться ежемесячно по результатам оказания услуг за предшествующий месяц.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="008E1E33" w:rsidRPr="00440F57" w:rsidRDefault="00B551AC" w:rsidP="00536C7A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008E1E33" w:rsidRPr="00440F57">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008E1E33" w:rsidRPr="00440F57">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="008E1E33" w:rsidRPr="00440F57">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -3687,50 +3934,259 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ИНН банка</w:t>
             </w:r>
             <w:r w:rsidR="00010BD5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_____________________________________.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00852781" w:rsidRDefault="00852781" w:rsidP="00852781">
             <w:pPr>
               <w:pStyle w:val="3"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00036F14" w:rsidRDefault="00036F14" w:rsidP="006F5C0A">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="006F5C0A" w:rsidRPr="00536C7A" w:rsidRDefault="006F5C0A" w:rsidP="006F5C0A">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00536C7A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>СОГЛАСОВАНО:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C23C67" w:rsidRPr="00536C7A" w:rsidRDefault="00C23C67" w:rsidP="00536C7A">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -4082,1568 +4538,2950 @@
     </w:p>
     <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E">
-[...95 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="317" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">СОГЛАСИЕ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:line="317" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работника на обработку персональных данных</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="9781"/>
         </w:tabs>
         <w:spacing w:before="346"/>
         <w:ind w:firstLine="142"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Я, </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="9639"/>
         </w:tabs>
         <w:ind w:right="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(Ф.И.О.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="9072"/>
         </w:tabs>
         <w:ind w:right="283"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>й(</w:t>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>зарегистрированный(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>) по адресу ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="9354"/>
         </w:tabs>
         <w:spacing w:line="322" w:lineRule="exact"/>
         <w:ind w:right="284"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">паспорт серия __________ </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>№ ___________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:spacing w:val="-3"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>выдан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">,                            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9781"/>
         </w:tabs>
         <w:spacing w:line="322" w:lineRule="exact"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="9639"/>
         </w:tabs>
         <w:ind w:right="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>наименование органа, выдавшего документ</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>именуемый в дальнейшем Субъект, во исполнение требований Федерального закона «О персональных данных» № 152-ФЗ от 27.07.2006 г. даю добровольное согласие Федеральному государственному бюджетному образовательному учреждению высшего образования «Иркутский национальный исследовательский технический университет» (ФГБОУ ВО «ИРНИТУ»), зарегистрированному по адресу: 664074, г. Иркутск, ул. Лермонтова, д.83, на обработку своих персональных данных на следующих условиях:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Субъект дает согласие на обработку ФГБОУ ВО «ИРНИТУ» своих персональных данных, то есть совершение, в том числе, следующих действий: сбор, систематизацию, накопление, хранение, уточнение (обновление, изменение), использование, распространение (в том числе передачу), обезличивание, блокирование, уничтожение персональных данных, при этом общее описание вышеуказанных способов обработки данных приведено в ФЗ №152 от 27.07.2006 г.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ФГБОУ ВО «ИРНИТУ» обязуется использовать данные Субъекта только </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>целью:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>защиты конституционных прав и законных интересов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>обеспечения содействия в оказании услуг по договорам гражданско-правового характера;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>взаимодействия с федеральными и территориальными органами (правоохранительные органы, налоговые инспекции, СФР, органы прокуратуры и ФСБ и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>предоставления персональных данных работников в кредитные организации (банки) для осуществления расчетов по операциям с использованием банковских карт;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>подготовки документов для участия в грантах, конкурсах, федеральных целевых программах, программах фондов поддержки проектов ФГБОУ ВО «ИРНИТУ» для развития научно-исследовательской деятельности университета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>архивного хранения сроком, регламентированным законом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Перечень персональных данных работника, обрабатываемых ФГБОУ ВО «ИРНИТУ» как с использованием автоматизированных средств обработки персональных данных, так и без использования таковых:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>фамилия имя отчество;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>пол;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>гражданство;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>сведения об ученых степенях и званиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>дата и место рождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>данные по владению иностранным языком (степень его владения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>информация о документе, удостоверяющем личность (серия, номер, дата и место выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>страховое свидетельство государственного пенсионного страхования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>индивидуальный номер налогоплательщика (ИНН);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>место жительства – регистрация;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>номер мобильного телефона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>адрес электронной почты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>сведения о наличии (отсутствии) судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>сведения о трудовом стаже;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>сведения о предыдущем месте работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:right="-4" w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>иные сведения, с которыми исполнитель считает нужным ознакомить ФГБОУ ВО «ИРНИТУ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-[...88 lines deleted...]
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Субъект дает согласие на передачу своих персональных данных (фамилия, имя, отчество, дата рождения, данные документа, удостоверяющего личность (серия, номер, дата и место выдачи)) в банки в целях перечисления оплаты по договорам возмездного оказания услуг. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Субъект персональных данных по письменному запросу имеет право на получение информации, касающейся обработки его персональных данных (в соответствии со ст. 14 ФЗ №152 от 27.06.2006 г.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Обработка персональных данных прекращается при достижении целей обработки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Субъект персональных данных несет ответственность за достоверность представленных сведений. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="706"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Настоящее согласие действует на период оказания услуг ФГБОУ ВО «ИРНИТУ», а также после прекращения договора ГПХ в архивных целях на срок, предусмотренный федеральным законом от 22.10.2004 №125-ФЗ «Об архивном деле в Российской Федерации», до отзыва в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2599"/>
         </w:tabs>
         <w:ind w:right="493" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">«__________» </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">20_____ г. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00F91B2E" w:rsidP="00F91B2E">
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00041622" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2599"/>
         </w:tabs>
         <w:ind w:right="493" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                  (подпись) </w:t>
       </w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00041622">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>расшифровка подписи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="317" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">СОГЛАСИЕ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работника на распространение персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="9781"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Я, _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="9072"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="9072"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>зарегистрированный(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) по адресу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="9354"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">паспорт серия __________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>№ ___________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>выдан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="9072"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата)                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="9639"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>наименование органа, выдавшего документ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="9781"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>адрес электронной почты или почтовый адрес ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="7469"/>
+          <w:tab w:val="left" w:pos="9072"/>
+        </w:tabs>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>телефон ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">именуемый в дальнейшем Субъект, во исполнение требований Федерального закона «О персональных данных» № 152-ФЗ от 27.07.2006 г. даю добровольное согласие Федеральному государственному бюджетному образовательному учреждению высшего образования «Иркутский национальный исследовательский технический университет» (ФГБОУ ВО «ИРНИТУ»), зарегистрированному по адресу: 664074, г. Иркутск, ул. Лермонтова, д.83, ИНН 3812014066, ОГРН 1023801756120, на распространение следующих своих персональных данных с целью: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Размещение на информационных стендов, расположенных в зданиях ФГБОУ ВО «ИРНИТУ», газеты «Зеркало. ИРНИТУ», на официальных сайтах университета, включая istu.edu, а также в социальных сетях на страницах ФГБОУ ВО «ИРНИТУ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Включение в приказы и распоряжения по университету, в том числе о составе ГЭК, которые могут быть публичными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Включение в протоколы заседаний, в том числен ГЭК, которые являются официальными документами и могут предоставляться в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Рособрнадзор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или вывешиваться для ознакомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Указание ФИО, ученой степени, звания, места работы в титульных листах выпускных квалификационных работ (ВКР/дипломов), авторефератах диссертаций (если речь о аспирантуре) и в электронных библиотечных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Упоминание в отчетных документах для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Рособрнадзора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Минобрнауки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Повышения престижа университета и повышения уровня осведомленности обучающихся и абитуриентов о трудовом коллективе ФГБОУ ВО «ИРНИТУ»:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="af0"/>
+        <w:tblW w:w="4721" w:type="pct"/>
+        <w:tblInd w:w="534" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1633"/>
+        <w:gridCol w:w="5055"/>
+        <w:gridCol w:w="3687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidTr="00A602A8">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Категории персональных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Перечень персональных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Согласие субъекта персональных данных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(нужное подчеркнуть)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidTr="00A602A8">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Общие персональные данные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>согласен / не согласен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidTr="00A602A8">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сведения об ученых степенях и званиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>согласен / не согласен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidTr="00A602A8">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Личный телефон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>согласен / не согласен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidTr="00A602A8">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Личный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>согласен / не согласен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidTr="00A602A8">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2436" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Квалификация и образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00426CE1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="1627"/>
+                <w:tab w:val="left" w:pos="3019"/>
+                <w:tab w:val="left" w:pos="4459"/>
+                <w:tab w:val="left" w:pos="6178"/>
+                <w:tab w:val="left" w:pos="7771"/>
+                <w:tab w:val="left" w:pos="9072"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00194CFB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>согласен / не согласен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Условия и запреты для персональных данных допустимых к распространению субъектом персональных данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9781"/>
+        </w:tabs>
+        <w:spacing w:line="322" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Субъект соглашается на распространение выбранных персональных данных от лица ФГБОУ ВО «ИРНИТУ» до отзыва в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2599"/>
+        </w:tabs>
+        <w:spacing w:line="350" w:lineRule="exact"/>
+        <w:ind w:right="493" w:firstLine="284"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A25F08" w:rsidRPr="00194CFB" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2599"/>
+          <w:tab w:val="left" w:pos="3261"/>
+          <w:tab w:val="left" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="4253"/>
+          <w:tab w:val="left" w:pos="5387"/>
+          <w:tab w:val="left" w:pos="5812"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="7938"/>
+          <w:tab w:val="left" w:pos="8364"/>
+        </w:tabs>
+        <w:ind w:right="493"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«___» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20___ г. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:vertAlign w:val="superscript"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...11 lines deleted...]
-        <w:keepLines/>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91B2E" w:rsidRDefault="00A25F08" w:rsidP="00A25F08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2599"/>
         </w:tabs>
-        <w:ind w:left="709" w:right="-4"/>
-[...247 lines deleted...]
-      <w:pPr>
+        <w:ind w:right="493" w:firstLine="284"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:sectPr w:rsidR="00F91B2E" w:rsidSect="00C23C67">
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> (подпись) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00194CFB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> (расшифровка подписи)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F91B2E" w:rsidSect="00A25F08">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="426" w:right="567" w:bottom="284" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="425" w:right="567" w:bottom="284" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D7E566B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3438CB8A"/>
     <w:lvl w:ilvl="0" w:tplc="513CD4A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5712,51 +7550,164 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="263E4504"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CA9ECAD0"/>
+    <w:lvl w:ilvl="0" w:tplc="25965A66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FD3419B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3BEA1024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5825,51 +7776,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3855" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58BD0F87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA60856A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5911,71 +7862,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E516CD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B02AC692"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72127327"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1B2A0FE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6048,361 +7999,609 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F3251"/>
     <w:rsid w:val="00010BD5"/>
+    <w:rsid w:val="00036F14"/>
     <w:rsid w:val="0003750C"/>
+    <w:rsid w:val="000B2BE2"/>
     <w:rsid w:val="000B723C"/>
     <w:rsid w:val="000B7FAB"/>
     <w:rsid w:val="00193853"/>
     <w:rsid w:val="0019655F"/>
     <w:rsid w:val="001F5137"/>
     <w:rsid w:val="00255E75"/>
     <w:rsid w:val="002A7027"/>
     <w:rsid w:val="002A7597"/>
     <w:rsid w:val="002D7A1C"/>
     <w:rsid w:val="002E2E73"/>
     <w:rsid w:val="002E3239"/>
     <w:rsid w:val="002F2010"/>
     <w:rsid w:val="002F3251"/>
     <w:rsid w:val="0031043A"/>
     <w:rsid w:val="00320758"/>
     <w:rsid w:val="003317D6"/>
     <w:rsid w:val="00341B76"/>
     <w:rsid w:val="0035215B"/>
     <w:rsid w:val="00355CDD"/>
     <w:rsid w:val="00440EA6"/>
     <w:rsid w:val="00440F57"/>
+    <w:rsid w:val="0045200B"/>
     <w:rsid w:val="00457EA6"/>
     <w:rsid w:val="004828EE"/>
     <w:rsid w:val="0049231C"/>
+    <w:rsid w:val="004C2483"/>
     <w:rsid w:val="004D4061"/>
     <w:rsid w:val="004F2146"/>
     <w:rsid w:val="00536C7A"/>
     <w:rsid w:val="005410B4"/>
     <w:rsid w:val="005851D6"/>
     <w:rsid w:val="00591AB7"/>
     <w:rsid w:val="005C6643"/>
     <w:rsid w:val="005E078C"/>
+    <w:rsid w:val="005E71AB"/>
     <w:rsid w:val="006005B1"/>
     <w:rsid w:val="00683C38"/>
     <w:rsid w:val="006D5F91"/>
     <w:rsid w:val="006F5C0A"/>
     <w:rsid w:val="00727752"/>
     <w:rsid w:val="00761B72"/>
+    <w:rsid w:val="007A3565"/>
     <w:rsid w:val="007C3402"/>
     <w:rsid w:val="008431F3"/>
     <w:rsid w:val="00852781"/>
     <w:rsid w:val="00853E50"/>
     <w:rsid w:val="0086775D"/>
     <w:rsid w:val="008A1452"/>
     <w:rsid w:val="008E1E33"/>
     <w:rsid w:val="008F7D02"/>
     <w:rsid w:val="00906AC8"/>
     <w:rsid w:val="00906FA8"/>
     <w:rsid w:val="009163E9"/>
     <w:rsid w:val="00953561"/>
     <w:rsid w:val="009D5B97"/>
     <w:rsid w:val="009F0411"/>
     <w:rsid w:val="00A14874"/>
+    <w:rsid w:val="00A25F08"/>
+    <w:rsid w:val="00A602A8"/>
     <w:rsid w:val="00A8009E"/>
     <w:rsid w:val="00A94A74"/>
     <w:rsid w:val="00AF6E2E"/>
+    <w:rsid w:val="00B16797"/>
     <w:rsid w:val="00B24154"/>
     <w:rsid w:val="00B251D6"/>
     <w:rsid w:val="00B30399"/>
     <w:rsid w:val="00B551AC"/>
     <w:rsid w:val="00B614BC"/>
     <w:rsid w:val="00BB04C1"/>
     <w:rsid w:val="00C23C67"/>
     <w:rsid w:val="00C51B04"/>
     <w:rsid w:val="00C95312"/>
     <w:rsid w:val="00CA034B"/>
     <w:rsid w:val="00CB50C0"/>
+    <w:rsid w:val="00CC0CE7"/>
     <w:rsid w:val="00CE5A51"/>
     <w:rsid w:val="00D03EBA"/>
     <w:rsid w:val="00D241E3"/>
     <w:rsid w:val="00D3274F"/>
     <w:rsid w:val="00D36086"/>
     <w:rsid w:val="00D52726"/>
+    <w:rsid w:val="00D5484F"/>
+    <w:rsid w:val="00D87A98"/>
     <w:rsid w:val="00DA59FE"/>
     <w:rsid w:val="00DF10DD"/>
+    <w:rsid w:val="00E04EB3"/>
     <w:rsid w:val="00E143CC"/>
     <w:rsid w:val="00E14C46"/>
     <w:rsid w:val="00E46B8B"/>
     <w:rsid w:val="00E552B8"/>
     <w:rsid w:val="00E848B5"/>
     <w:rsid w:val="00EC2B20"/>
     <w:rsid w:val="00ED696E"/>
     <w:rsid w:val="00EE2545"/>
     <w:rsid w:val="00F91B2E"/>
     <w:rsid w:val="00FB69E3"/>
     <w:rsid w:val="00FF264C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{5FDC9E0E-888E-4934-B426-760782B2CE45}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...142 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006F5C0A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="008E1E33"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
@@ -6612,472 +8811,86 @@
       <w:szCs w:val="20"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004F2146"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle35">
     <w:name w:val="Font Style35"/>
     <w:rsid w:val="000B7FAB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...167 lines deleted...]
-    <w:rsid w:val="006F5C0A"/>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C2483"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af0">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A25F08"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...37 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...194 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="607545378">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1020156565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7108,51 +8921,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1417441264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istu.edu/schedule/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7366,77 +9179,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1673</Words>
-  <Characters>9541</Characters>
+  <Words>2147</Words>
+  <Characters>12241</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11192</CharactersWithSpaces>
+  <CharactersWithSpaces>14360</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Гуруленко Татьяна Юрьевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>